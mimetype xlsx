--- v0 (2025-12-22)
+++ v1 (2026-02-17)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11003"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/jamesarthur/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Administration\Groups\Registry\sreo\academic-year-charts\2025-26\Web\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ABA725E7-30BF-344D-90CD-C55C2B98C0A6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{66DE6111-E395-418A-B168-DE730C227A0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="34800" yWindow="1400" windowWidth="30540" windowHeight="25320" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025-26" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1137,2799 +1137,2799 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:M96"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A30" zoomScale="226" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F54" sqref="F54"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A15" zoomScale="226" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="E21" sqref="E21"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="9.25" defaultRowHeight="11" x14ac:dyDescent="0.15"/>
+  <sheetFormatPr defaultColWidth="9.1640625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="6.25" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="6.1640625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13" style="23" customWidth="1"/>
-    <col min="3" max="9" width="6.75" customWidth="1"/>
+    <col min="3" max="9" width="6.6640625" customWidth="1"/>
     <col min="10" max="10" width="19.5" style="28" bestFit="1" customWidth="1"/>
-    <col min="11" max="11" width="16.25" style="28" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="14" width="2.75" customWidth="1"/>
+    <col min="11" max="11" width="16.1640625" style="28" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="18.1640625" style="28" bestFit="1" customWidth="1"/>
+    <col min="13" max="14" width="2.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="1" customFormat="1" ht="22" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:13" s="1" customFormat="1" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="26" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="26"/>
       <c r="J1" s="27"/>
       <c r="K1" s="27"/>
       <c r="L1" s="27"/>
     </row>
-    <row r="2" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:13" s="1" customFormat="1" ht="10.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B2" s="20"/>
       <c r="J2" s="27"/>
       <c r="K2" s="27"/>
       <c r="L2" s="27"/>
     </row>
-    <row r="3" spans="1:13" ht="36" x14ac:dyDescent="0.15">
+    <row r="3" spans="1:13" ht="33.75" x14ac:dyDescent="0.2">
       <c r="A3" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="10" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="10" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="10" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="10" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="10" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="10" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="10" t="s">
         <v>68</v>
       </c>
       <c r="K3" s="10" t="s">
         <v>55</v>
       </c>
       <c r="L3" s="10" t="s">
         <v>56</v>
       </c>
     </row>
-    <row r="4" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A4" s="8">
         <v>45</v>
       </c>
       <c r="B4" s="21">
         <v>45873</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="3"/>
       <c r="K4" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="5" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A5" s="3">
         <f t="shared" ref="A5:A10" si="0">A4+1</f>
         <v>46</v>
       </c>
       <c r="B5" s="21">
         <f t="shared" ref="B5:B60" si="1">B4+7</f>
         <v>45880</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>12</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>12</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I5" s="2" t="s">
         <v>10</v>
       </c>
       <c r="J5" s="3"/>
       <c r="K5" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A6" s="3">
         <f t="shared" si="0"/>
         <v>47</v>
       </c>
       <c r="B6" s="21">
         <f t="shared" si="1"/>
         <v>45887</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="H6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I6" s="2" t="s">
         <v>10</v>
       </c>
       <c r="J6" s="3"/>
       <c r="K6" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A7" s="3">
         <f t="shared" si="0"/>
         <v>48</v>
       </c>
       <c r="B7" s="21">
         <f t="shared" si="1"/>
         <v>45894</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="J7" s="3"/>
       <c r="K7" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="8" spans="1:13" ht="13" x14ac:dyDescent="0.15">
+    <row r="8" spans="1:13" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A8" s="3">
         <f t="shared" si="0"/>
         <v>49</v>
       </c>
       <c r="B8" s="21">
         <f t="shared" si="1"/>
         <v>45901</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I8" s="2" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="3"/>
       <c r="K8" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M8" s="4"/>
     </row>
-    <row r="9" spans="1:13" ht="13" x14ac:dyDescent="0.15">
+    <row r="9" spans="1:13" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A9" s="3">
         <f t="shared" si="0"/>
         <v>50</v>
       </c>
       <c r="B9" s="21">
         <f t="shared" si="1"/>
         <v>45908</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="I9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="J9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="K9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M9" s="4"/>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="10" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A10" s="3">
         <f t="shared" si="0"/>
         <v>51</v>
       </c>
       <c r="B10" s="21">
         <f t="shared" si="1"/>
         <v>45915</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>10</v>
       </c>
       <c r="J10" s="3"/>
       <c r="K10" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A11" s="3">
         <v>52</v>
       </c>
       <c r="B11" s="21">
         <f>B10+7</f>
         <v>45922</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J11" s="3"/>
       <c r="K11" s="3" t="s">
         <v>57</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="12" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A12" s="3">
         <v>1</v>
       </c>
       <c r="B12" s="21">
         <f>B11+7</f>
         <v>45929</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G12" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I12" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J12" s="3"/>
       <c r="K12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="3"/>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="13" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A13" s="3">
         <v>2</v>
       </c>
       <c r="B13" s="21">
         <f>B12+7</f>
         <v>45936</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G13" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J13" s="3"/>
       <c r="K13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="3"/>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A14" s="3">
         <v>3</v>
       </c>
       <c r="B14" s="21">
         <f t="shared" si="1"/>
         <v>45943</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J14" s="3"/>
       <c r="K14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="3"/>
     </row>
-    <row r="15" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="15" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A15" s="3">
         <f t="shared" ref="A15:A60" si="2">A14+1</f>
         <v>4</v>
       </c>
       <c r="B15" s="21">
         <f t="shared" si="1"/>
         <v>45950</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J15" s="3"/>
       <c r="K15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="3"/>
     </row>
-    <row r="16" spans="1:13" x14ac:dyDescent="0.15">
+    <row r="16" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A16" s="3">
         <f t="shared" si="2"/>
         <v>5</v>
       </c>
       <c r="B16" s="21">
         <f t="shared" si="1"/>
         <v>45957</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J16" s="3"/>
       <c r="K16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="3"/>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A17" s="3">
         <f t="shared" si="2"/>
         <v>6</v>
       </c>
       <c r="B17" s="21">
         <f t="shared" si="1"/>
         <v>45964</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J17" s="3"/>
       <c r="K17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="3"/>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A18" s="3">
         <f t="shared" si="2"/>
         <v>7</v>
       </c>
       <c r="B18" s="21">
         <f t="shared" si="1"/>
         <v>45971</v>
       </c>
       <c r="C18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I18" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J18" s="3"/>
       <c r="K18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="3"/>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A19" s="3">
         <f t="shared" si="2"/>
         <v>8</v>
       </c>
       <c r="B19" s="21">
         <f t="shared" si="1"/>
         <v>45978</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J19" s="3"/>
       <c r="K19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="3"/>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A20" s="3">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="B20" s="21">
         <f t="shared" si="1"/>
         <v>45985</v>
       </c>
       <c r="C20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G20" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I20" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J20" s="3"/>
       <c r="K20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="3"/>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A21" s="3">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="B21" s="21">
         <f t="shared" si="1"/>
         <v>45992</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J21" s="3"/>
       <c r="K21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="3"/>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="3">
         <f t="shared" si="2"/>
         <v>11</v>
       </c>
       <c r="B22" s="21">
         <f t="shared" si="1"/>
         <v>45999</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J22" s="3"/>
       <c r="K22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="3"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="3">
         <f t="shared" si="2"/>
         <v>12</v>
       </c>
       <c r="B23" s="21">
         <f t="shared" si="1"/>
         <v>46006</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A24" s="3">
         <f t="shared" si="2"/>
         <v>13</v>
       </c>
       <c r="B24" s="21">
         <f t="shared" si="1"/>
         <v>46013</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E24" s="2" t="s">
-        <v>22</v>
+      <c r="E24" s="9" t="s">
+        <v>15</v>
       </c>
       <c r="F24" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G24" s="9" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A25" s="3">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="B25" s="21">
         <f t="shared" si="1"/>
         <v>46020</v>
       </c>
       <c r="C25" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A26" s="3">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
       <c r="B26" s="21">
         <f t="shared" si="1"/>
         <v>46027</v>
       </c>
       <c r="C26" s="16" t="s">
         <v>24</v>
       </c>
       <c r="D26" s="16" t="s">
         <v>24</v>
       </c>
       <c r="E26" s="16" t="s">
         <v>24</v>
       </c>
       <c r="F26" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G26" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J26" s="3" t="s">
         <v>60</v>
       </c>
       <c r="K26" s="3" t="s">
         <v>27</v>
       </c>
       <c r="L26" s="3"/>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A27" s="3">
         <f t="shared" si="2"/>
         <v>16</v>
       </c>
       <c r="B27" s="21">
         <f t="shared" si="1"/>
         <v>46034</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J27" s="3"/>
       <c r="K27" s="3" t="s">
         <v>27</v>
       </c>
       <c r="L27" s="3"/>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A28" s="3">
         <f t="shared" si="2"/>
         <v>17</v>
       </c>
       <c r="B28" s="21">
         <f t="shared" si="1"/>
         <v>46041</v>
       </c>
       <c r="C28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G28" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J28" s="3"/>
       <c r="K28" s="3" t="s">
         <v>27</v>
       </c>
       <c r="L28" s="3"/>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A29" s="3">
         <f t="shared" si="2"/>
         <v>18</v>
       </c>
       <c r="B29" s="21">
         <f t="shared" si="1"/>
         <v>46048</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="G29" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A30" s="3">
         <f t="shared" si="2"/>
         <v>19</v>
       </c>
       <c r="B30" s="21">
         <f t="shared" si="1"/>
         <v>46055</v>
       </c>
       <c r="C30" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F30" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G30" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I30" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J30" s="3"/>
       <c r="K30" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L30" s="3"/>
     </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A31" s="3">
         <f t="shared" si="2"/>
         <v>20</v>
       </c>
       <c r="B31" s="21">
         <f t="shared" si="1"/>
         <v>46062</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J31" s="3"/>
       <c r="K31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L31" s="3"/>
     </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A32" s="3">
         <f t="shared" si="2"/>
         <v>21</v>
       </c>
       <c r="B32" s="21">
         <f t="shared" si="1"/>
         <v>46069</v>
       </c>
       <c r="C32" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F32" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G32" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I32" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J32" s="3"/>
       <c r="K32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L32" s="3"/>
     </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A33" s="3">
         <f t="shared" si="2"/>
         <v>22</v>
       </c>
       <c r="B33" s="21">
         <f t="shared" si="1"/>
         <v>46076</v>
       </c>
       <c r="C33" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F33" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G33" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I33" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J33" s="3"/>
       <c r="K33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L33" s="3"/>
     </row>
-    <row r="34" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="34" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A34" s="3">
         <f t="shared" si="2"/>
         <v>23</v>
       </c>
       <c r="B34" s="21">
         <f t="shared" si="1"/>
         <v>46083</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E34" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F34" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G34" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I34" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J34" s="3"/>
       <c r="K34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L34" s="3"/>
     </row>
-    <row r="35" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="35" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A35" s="3">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
       <c r="B35" s="21">
         <f t="shared" si="1"/>
         <v>46090</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J35" s="3"/>
       <c r="K35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L35" s="3"/>
     </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="36" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A36" s="3">
         <f t="shared" si="2"/>
         <v>25</v>
       </c>
       <c r="B36" s="21">
         <f t="shared" si="1"/>
         <v>46097</v>
       </c>
       <c r="C36" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E36" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F36" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G36" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I36" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J36" s="3"/>
       <c r="K36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L36" s="3"/>
     </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="37" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A37" s="3">
         <f t="shared" si="2"/>
         <v>26</v>
       </c>
       <c r="B37" s="21">
         <f t="shared" si="1"/>
         <v>46104</v>
       </c>
       <c r="C37" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E37" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F37" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G37" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J37" s="3"/>
       <c r="K37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L37" s="3"/>
     </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="38" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A38" s="3">
         <f t="shared" si="2"/>
         <v>27</v>
       </c>
       <c r="B38" s="21">
         <f t="shared" si="1"/>
         <v>46111</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G38" s="9" t="s">
         <v>14</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I38" s="2" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="39" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A39" s="3">
         <f t="shared" si="2"/>
         <v>28</v>
       </c>
       <c r="B39" s="21">
         <f t="shared" si="1"/>
         <v>46118</v>
       </c>
       <c r="C39" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D39" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="I39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="40" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A40" s="3">
         <f t="shared" si="2"/>
         <v>29</v>
       </c>
       <c r="B40" s="21">
         <f t="shared" si="1"/>
         <v>46125</v>
       </c>
       <c r="C40" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E40" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F40" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G40" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J40" s="3"/>
       <c r="K40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L40" s="3"/>
     </row>
-    <row r="41" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="41" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A41" s="3">
         <f t="shared" si="2"/>
         <v>30</v>
       </c>
       <c r="B41" s="21">
         <f t="shared" si="1"/>
         <v>46132</v>
       </c>
       <c r="C41" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E41" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F41" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G41" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I41" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J41" s="3"/>
       <c r="K41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L41" s="3"/>
     </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="42" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A42" s="3">
         <f t="shared" si="2"/>
         <v>31</v>
       </c>
       <c r="B42" s="21">
         <f t="shared" si="1"/>
         <v>46139</v>
       </c>
       <c r="C42" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>18</v>
       </c>
       <c r="F42" s="6" t="s">
         <v>18</v>
       </c>
       <c r="G42" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="I42" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J42" s="3"/>
       <c r="K42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="L42" s="3"/>
     </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="43" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A43" s="3">
         <f t="shared" si="2"/>
         <v>32</v>
       </c>
       <c r="B43" s="21">
         <f t="shared" si="1"/>
         <v>46146</v>
       </c>
       <c r="C43" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D43" s="16" t="s">
         <v>24</v>
       </c>
       <c r="E43" s="16" t="s">
         <v>24</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J43" s="3" t="s">
         <v>60</v>
       </c>
       <c r="K43" s="3" t="s">
         <v>27</v>
       </c>
       <c r="L43" s="3"/>
     </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="44" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A44" s="3">
         <f t="shared" si="2"/>
         <v>33</v>
       </c>
       <c r="B44" s="21">
         <f t="shared" si="1"/>
         <v>46153</v>
       </c>
       <c r="C44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G44" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H44" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I44" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J44" s="3"/>
       <c r="K44" s="3" t="s">
         <v>27</v>
       </c>
       <c r="L44" s="3"/>
     </row>
-    <row r="45" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="45" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A45" s="3">
         <f t="shared" si="2"/>
         <v>34</v>
       </c>
       <c r="B45" s="21">
         <f t="shared" si="1"/>
         <v>46160</v>
       </c>
       <c r="C45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G45" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H45" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I45" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J45" s="3"/>
       <c r="K45" s="3" t="s">
         <v>27</v>
       </c>
       <c r="L45" s="3"/>
     </row>
-    <row r="46" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="46" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A46" s="3">
         <f t="shared" si="2"/>
         <v>35</v>
       </c>
       <c r="B46" s="21">
         <f t="shared" si="1"/>
         <v>46167</v>
       </c>
       <c r="C46" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="E46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="F46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G46" s="6" t="s">
         <v>28</v>
       </c>
       <c r="H46" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J46" s="3"/>
       <c r="K46" s="3" t="s">
         <v>27</v>
       </c>
       <c r="L46" s="3"/>
     </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="47" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A47" s="3">
         <f t="shared" si="2"/>
         <v>36</v>
       </c>
       <c r="B47" s="21">
         <f t="shared" si="1"/>
         <v>46174</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G47" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H47" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J47" s="3"/>
       <c r="K47" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="48" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="48" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A48" s="3">
         <f t="shared" si="2"/>
         <v>37</v>
       </c>
       <c r="B48" s="21">
         <f t="shared" si="1"/>
         <v>46181</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J48" s="3"/>
       <c r="K48" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="49" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="49" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A49" s="3">
         <f t="shared" si="2"/>
         <v>38</v>
       </c>
       <c r="B49" s="21">
         <f t="shared" si="1"/>
         <v>46188</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J49" s="3"/>
       <c r="K49" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="50" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="50" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A50" s="3">
         <f t="shared" si="2"/>
         <v>39</v>
       </c>
       <c r="B50" s="21">
         <f t="shared" si="1"/>
         <v>46195</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F50" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G50" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J50" s="3"/>
       <c r="K50" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="51" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="51" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A51" s="3">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
       <c r="B51" s="21">
         <f t="shared" si="1"/>
         <v>46202</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J51" s="3"/>
       <c r="K51" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="52" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="52" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A52" s="3">
         <f t="shared" si="2"/>
         <v>41</v>
       </c>
       <c r="B52" s="21">
         <f t="shared" si="1"/>
         <v>46209</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G52" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H52" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J52" s="3"/>
       <c r="K52" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="53" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="53" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A53" s="3">
         <f t="shared" si="2"/>
         <v>42</v>
       </c>
       <c r="B53" s="21">
         <f t="shared" si="1"/>
         <v>46216</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J53" s="3"/>
       <c r="K53" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="54" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="54" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A54" s="3">
         <f t="shared" si="2"/>
         <v>43</v>
       </c>
       <c r="B54" s="21">
         <f t="shared" si="1"/>
         <v>46223</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J54" s="3"/>
       <c r="K54" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="55" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="55" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A55" s="3">
         <f t="shared" si="2"/>
         <v>44</v>
       </c>
       <c r="B55" s="21">
         <f t="shared" si="1"/>
         <v>46230</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F55" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G55" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H55" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J55" s="3"/>
       <c r="K55" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="56" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="56" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A56" s="3">
         <f t="shared" si="2"/>
         <v>45</v>
       </c>
       <c r="B56" s="21">
         <f t="shared" si="1"/>
         <v>46237</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F56" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G56" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J56" s="3"/>
       <c r="K56" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="57" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="57" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A57" s="3">
         <f t="shared" si="2"/>
         <v>46</v>
       </c>
       <c r="B57" s="21">
         <f t="shared" si="1"/>
         <v>46244</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>12</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="5" t="s">
         <v>12</v>
       </c>
       <c r="H57" s="5" t="s">
         <v>13</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J57" s="3"/>
       <c r="K57" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="58" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="58" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A58" s="3">
         <f t="shared" si="2"/>
         <v>47</v>
       </c>
       <c r="B58" s="21">
         <f t="shared" si="1"/>
         <v>46251</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>12</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="5" t="s">
         <v>12</v>
       </c>
       <c r="H58" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J58" s="3"/>
       <c r="K58" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="59" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="59" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A59" s="3">
         <f t="shared" si="2"/>
         <v>48</v>
       </c>
       <c r="B59" s="21">
         <f t="shared" si="1"/>
         <v>46258</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J59" s="3"/>
       <c r="K59" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="60" spans="1:12" x14ac:dyDescent="0.15">
+    <row r="60" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A60" s="3">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="B60" s="21">
         <f t="shared" si="1"/>
         <v>46265</v>
       </c>
       <c r="C60" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D60" s="9" t="s">
         <v>15</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="H60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J60" s="3"/>
       <c r="K60" s="3" t="s">
         <v>58</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="61" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="61" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B61" s="22"/>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="7"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="7"/>
       <c r="I61" s="7"/>
       <c r="J61" s="22"/>
       <c r="K61" s="22"/>
       <c r="L61" s="22"/>
     </row>
-    <row r="62" spans="1:12" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:12" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B62" s="25" t="s">
         <v>34</v>
       </c>
       <c r="C62" s="7"/>
       <c r="D62" s="7"/>
       <c r="E62" s="7"/>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="7"/>
       <c r="I62" s="7"/>
       <c r="J62" s="22"/>
       <c r="K62" s="22"/>
       <c r="L62" s="22"/>
     </row>
-    <row r="63" spans="1:12" ht="12" thickTop="1" x14ac:dyDescent="0.15"/>
-    <row r="64" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="63" spans="1:12" ht="12" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="16" t="s">
         <v>18</v>
       </c>
       <c r="C64" s="42" t="s">
         <v>35</v>
       </c>
       <c r="D64" s="43"/>
       <c r="E64" s="43"/>
       <c r="F64" s="43"/>
       <c r="G64" s="43"/>
       <c r="H64" s="43"/>
       <c r="I64" s="43"/>
       <c r="J64" s="43"/>
       <c r="K64" s="43"/>
       <c r="L64" s="44"/>
     </row>
-    <row r="65" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="65" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B65" s="17" t="s">
         <v>22</v>
       </c>
       <c r="C65" s="42" t="s">
         <v>36</v>
       </c>
       <c r="D65" s="43"/>
       <c r="E65" s="43"/>
       <c r="F65" s="43"/>
       <c r="G65" s="43"/>
       <c r="H65" s="43"/>
       <c r="I65" s="43"/>
       <c r="J65" s="43"/>
       <c r="K65" s="43"/>
       <c r="L65" s="44"/>
     </row>
-    <row r="66" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="66" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B66" s="17" t="s">
         <v>29</v>
       </c>
       <c r="C66" s="42" t="s">
         <v>30</v>
       </c>
       <c r="D66" s="43"/>
       <c r="E66" s="43"/>
       <c r="F66" s="43"/>
       <c r="G66" s="43"/>
       <c r="H66" s="43"/>
       <c r="I66" s="43"/>
       <c r="J66" s="43"/>
       <c r="K66" s="43"/>
       <c r="L66" s="44"/>
     </row>
-    <row r="67" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="67" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B67" s="16" t="s">
         <v>24</v>
       </c>
       <c r="C67" s="42" t="s">
         <v>37</v>
       </c>
       <c r="D67" s="43"/>
       <c r="E67" s="43"/>
       <c r="F67" s="43"/>
       <c r="G67" s="43"/>
       <c r="H67" s="43"/>
       <c r="I67" s="43"/>
       <c r="J67" s="43"/>
       <c r="K67" s="43"/>
       <c r="L67" s="44"/>
     </row>
-    <row r="68" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="68" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B68" s="16" t="s">
         <v>28</v>
       </c>
       <c r="C68" s="42" t="s">
         <v>38</v>
       </c>
       <c r="D68" s="43"/>
       <c r="E68" s="43"/>
       <c r="F68" s="43"/>
       <c r="G68" s="43"/>
       <c r="H68" s="43"/>
       <c r="I68" s="43"/>
       <c r="J68" s="43"/>
       <c r="K68" s="43"/>
       <c r="L68" s="44"/>
     </row>
-    <row r="69" spans="2:12" ht="23" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="69" spans="2:12" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B69" s="16" t="s">
         <v>25</v>
       </c>
       <c r="C69" s="45" t="s">
         <v>39</v>
       </c>
       <c r="D69" s="46"/>
       <c r="E69" s="46"/>
       <c r="F69" s="46"/>
       <c r="G69" s="46"/>
       <c r="H69" s="46"/>
       <c r="I69" s="46"/>
       <c r="J69" s="46"/>
       <c r="K69" s="46"/>
       <c r="L69" s="47"/>
     </row>
-    <row r="70" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="70" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B70" s="16" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="42" t="s">
         <v>40</v>
       </c>
       <c r="D70" s="43"/>
       <c r="E70" s="43"/>
       <c r="F70" s="43"/>
       <c r="G70" s="43"/>
       <c r="H70" s="43"/>
       <c r="I70" s="43"/>
       <c r="J70" s="43"/>
       <c r="K70" s="43"/>
       <c r="L70" s="44"/>
     </row>
-    <row r="71" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="71" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B71" s="16" t="s">
         <v>12</v>
       </c>
       <c r="C71" s="42" t="s">
         <v>41</v>
       </c>
       <c r="D71" s="43"/>
       <c r="E71" s="43"/>
       <c r="F71" s="43"/>
       <c r="G71" s="43"/>
       <c r="H71" s="43"/>
       <c r="I71" s="43"/>
       <c r="J71" s="43"/>
       <c r="K71" s="43"/>
       <c r="L71" s="44"/>
     </row>
-    <row r="72" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="72" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="16" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="42" t="s">
         <v>42</v>
       </c>
       <c r="D72" s="43"/>
       <c r="E72" s="43"/>
       <c r="F72" s="43"/>
       <c r="G72" s="43"/>
       <c r="H72" s="43"/>
       <c r="I72" s="43"/>
       <c r="J72" s="43"/>
       <c r="K72" s="43"/>
       <c r="L72" s="44"/>
     </row>
-    <row r="73" spans="2:12" ht="25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="73" spans="2:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="17" t="s">
         <v>16</v>
       </c>
       <c r="C73" s="45" t="s">
         <v>43</v>
       </c>
       <c r="D73" s="46"/>
       <c r="E73" s="46"/>
       <c r="F73" s="46"/>
       <c r="G73" s="46"/>
       <c r="H73" s="46"/>
       <c r="I73" s="46"/>
       <c r="J73" s="46"/>
       <c r="K73" s="46"/>
       <c r="L73" s="47"/>
     </row>
-    <row r="74" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="74" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="16" t="s">
         <v>17</v>
       </c>
       <c r="C74" s="42" t="s">
         <v>44</v>
       </c>
       <c r="D74" s="43"/>
       <c r="E74" s="43"/>
       <c r="F74" s="43"/>
       <c r="G74" s="43"/>
       <c r="H74" s="43"/>
       <c r="I74" s="43"/>
       <c r="J74" s="43"/>
       <c r="K74" s="43"/>
       <c r="L74" s="44"/>
     </row>
-    <row r="75" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="75" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="17" t="s">
         <v>32</v>
       </c>
       <c r="C75" s="42" t="s">
         <v>45</v>
       </c>
       <c r="D75" s="43"/>
       <c r="E75" s="43"/>
       <c r="F75" s="43"/>
       <c r="G75" s="43"/>
       <c r="H75" s="43"/>
       <c r="I75" s="43"/>
       <c r="J75" s="43"/>
       <c r="K75" s="43"/>
       <c r="L75" s="44"/>
     </row>
-    <row r="76" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="76" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B76" s="18" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="42" t="s">
         <v>46</v>
       </c>
       <c r="D76" s="43"/>
       <c r="E76" s="43"/>
       <c r="F76" s="43"/>
       <c r="G76" s="43"/>
       <c r="H76" s="43"/>
       <c r="I76" s="43"/>
       <c r="J76" s="43"/>
       <c r="K76" s="43"/>
       <c r="L76" s="44"/>
     </row>
-    <row r="77" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="77" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B77" s="19" t="s">
         <v>15</v>
       </c>
       <c r="C77" s="42" t="s">
         <v>47</v>
       </c>
       <c r="D77" s="43"/>
       <c r="E77" s="43"/>
       <c r="F77" s="43"/>
       <c r="G77" s="43"/>
       <c r="H77" s="43"/>
       <c r="I77" s="43"/>
       <c r="J77" s="43"/>
       <c r="K77" s="43"/>
       <c r="L77" s="44"/>
     </row>
-    <row r="78" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="78" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B78" s="17" t="s">
         <v>10</v>
       </c>
       <c r="C78" s="42" t="s">
         <v>48</v>
       </c>
       <c r="D78" s="43"/>
       <c r="E78" s="43"/>
       <c r="F78" s="43"/>
       <c r="G78" s="43"/>
       <c r="H78" s="43"/>
       <c r="I78" s="43"/>
       <c r="J78" s="43"/>
       <c r="K78" s="43"/>
       <c r="L78" s="44"/>
     </row>
-    <row r="79" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="79" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B79" s="17" t="s">
         <v>21</v>
       </c>
       <c r="C79" s="42" t="s">
         <v>49</v>
       </c>
       <c r="D79" s="43"/>
       <c r="E79" s="43"/>
       <c r="F79" s="43"/>
       <c r="G79" s="43"/>
       <c r="H79" s="43"/>
       <c r="I79" s="43"/>
       <c r="J79" s="43"/>
       <c r="K79" s="43"/>
       <c r="L79" s="44"/>
     </row>
-    <row r="80" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="80" spans="2:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B80" s="16" t="s">
         <v>19</v>
       </c>
       <c r="C80" s="42" t="s">
         <v>50</v>
       </c>
       <c r="D80" s="43"/>
       <c r="E80" s="43"/>
       <c r="F80" s="43"/>
       <c r="G80" s="43"/>
       <c r="H80" s="43"/>
       <c r="I80" s="43"/>
       <c r="J80" s="43"/>
       <c r="K80" s="43"/>
       <c r="L80" s="44"/>
     </row>
-    <row r="81" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="81" spans="2:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B81" s="11"/>
       <c r="C81" s="12"/>
       <c r="D81" s="12"/>
       <c r="E81" s="13"/>
       <c r="F81" s="13"/>
       <c r="G81" s="13"/>
       <c r="H81" s="13"/>
       <c r="I81" s="13"/>
       <c r="J81" s="11"/>
       <c r="K81" s="11"/>
       <c r="L81" s="11"/>
     </row>
-    <row r="82" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="82" spans="2:12" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B82" s="11"/>
       <c r="C82" s="12"/>
       <c r="D82" s="12"/>
       <c r="E82" s="13"/>
       <c r="F82" s="13"/>
       <c r="G82" s="13"/>
       <c r="H82" s="13"/>
       <c r="I82" s="13"/>
       <c r="J82" s="11"/>
       <c r="K82" s="11"/>
       <c r="L82" s="11"/>
     </row>
-    <row r="83" spans="2:12" ht="21" thickBot="1" x14ac:dyDescent="0.2">
+    <row r="83" spans="2:12" ht="20.25" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B83" s="25" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="84" spans="2:12" ht="18.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.15">
+    <row r="84" spans="2:12" ht="18.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B84" s="31" t="s">
         <v>59</v>
       </c>
       <c r="C84" s="30"/>
       <c r="D84" s="30"/>
       <c r="E84" s="30"/>
       <c r="F84" s="30"/>
       <c r="G84" s="30"/>
       <c r="H84" s="30"/>
       <c r="I84" s="30"/>
       <c r="J84" s="30"/>
       <c r="K84" s="30"/>
       <c r="L84" s="30"/>
     </row>
-    <row r="85" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="85" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B85" s="31" t="s">
         <v>61</v>
       </c>
       <c r="C85" s="29"/>
       <c r="D85" s="29"/>
       <c r="E85" s="29"/>
       <c r="F85" s="29"/>
       <c r="G85" s="29"/>
       <c r="H85" s="29"/>
       <c r="I85" s="29"/>
       <c r="J85" s="29"/>
       <c r="K85" s="29"/>
       <c r="L85" s="29"/>
     </row>
-    <row r="86" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="86" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B86" s="33" t="s">
         <v>62</v>
       </c>
       <c r="C86" s="30"/>
       <c r="D86" s="30"/>
       <c r="E86" s="30"/>
       <c r="F86" s="30"/>
       <c r="G86" s="30"/>
       <c r="H86" s="30"/>
       <c r="I86" s="30"/>
       <c r="J86" s="30"/>
       <c r="K86" s="30"/>
       <c r="L86" s="30"/>
     </row>
-    <row r="87" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="87" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B87" s="33" t="s">
         <v>63</v>
       </c>
       <c r="C87" s="30"/>
       <c r="D87" s="30"/>
       <c r="E87" s="30"/>
       <c r="F87" s="30"/>
       <c r="G87" s="30"/>
       <c r="H87" s="30"/>
       <c r="I87" s="30"/>
       <c r="J87" s="30"/>
       <c r="K87" s="30"/>
       <c r="L87" s="30"/>
     </row>
-    <row r="88" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="88" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B88" s="33" t="s">
         <v>64</v>
       </c>
       <c r="C88" s="30"/>
       <c r="D88" s="30"/>
       <c r="E88" s="30"/>
       <c r="F88" s="30"/>
       <c r="G88" s="30"/>
       <c r="H88" s="30"/>
       <c r="I88" s="30"/>
       <c r="J88" s="30"/>
       <c r="K88" s="30"/>
       <c r="L88" s="30"/>
     </row>
-    <row r="89" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="89" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B89" s="24"/>
       <c r="C89" s="14"/>
       <c r="D89" s="14"/>
       <c r="E89" s="14"/>
       <c r="F89" s="14"/>
       <c r="G89" s="14"/>
       <c r="H89" s="14"/>
       <c r="I89" s="14"/>
       <c r="J89" s="29"/>
       <c r="K89" s="29"/>
       <c r="L89" s="29"/>
     </row>
-    <row r="90" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="90" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B90" s="15">
         <v>1</v>
       </c>
       <c r="C90" s="35" t="s">
         <v>65</v>
       </c>
       <c r="D90" s="36"/>
       <c r="E90" s="36"/>
       <c r="F90" s="36"/>
       <c r="G90" s="36"/>
       <c r="H90" s="36"/>
       <c r="I90" s="37"/>
       <c r="J90" s="37"/>
       <c r="K90" s="37"/>
       <c r="L90" s="36"/>
     </row>
-    <row r="91" spans="2:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="91" spans="2:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B91" s="15">
         <v>2</v>
       </c>
       <c r="C91" s="38" t="s">
         <v>52</v>
       </c>
       <c r="D91" s="32"/>
       <c r="E91" s="32"/>
       <c r="F91" s="32"/>
       <c r="G91" s="32"/>
       <c r="H91" s="32"/>
       <c r="I91" s="32"/>
       <c r="J91" s="32"/>
       <c r="K91" s="32"/>
       <c r="L91" s="32"/>
     </row>
-    <row r="92" spans="2:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="92" spans="2:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B92" s="15">
         <v>3</v>
       </c>
       <c r="C92" s="38" t="s">
         <v>53</v>
       </c>
       <c r="D92" s="32"/>
       <c r="E92" s="32"/>
       <c r="F92" s="32"/>
       <c r="G92" s="32"/>
       <c r="H92" s="32"/>
       <c r="I92" s="32"/>
       <c r="J92" s="32"/>
       <c r="K92" s="32"/>
       <c r="L92" s="32"/>
     </row>
-    <row r="93" spans="2:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="93" spans="2:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B93" s="15">
         <v>4</v>
       </c>
       <c r="C93" s="38" t="s">
         <v>54</v>
       </c>
       <c r="D93" s="32"/>
       <c r="E93" s="32"/>
       <c r="F93" s="32"/>
       <c r="G93" s="32"/>
       <c r="H93" s="32"/>
       <c r="I93" s="32"/>
       <c r="J93" s="32"/>
       <c r="K93" s="32"/>
       <c r="L93" s="32"/>
     </row>
-    <row r="94" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="94" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B94" s="15">
         <v>4</v>
       </c>
       <c r="C94" s="38" t="s">
         <v>54</v>
       </c>
       <c r="D94" s="32"/>
       <c r="E94" s="32"/>
       <c r="F94" s="32"/>
       <c r="G94" s="32"/>
       <c r="H94" s="32"/>
       <c r="I94" s="32"/>
       <c r="J94" s="32"/>
       <c r="K94" s="32"/>
       <c r="L94" s="32"/>
     </row>
-    <row r="95" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="95" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B95" s="23">
         <v>5</v>
       </c>
       <c r="C95" s="34" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="96" spans="2:12" x14ac:dyDescent="0.15">
+    <row r="96" spans="2:12" x14ac:dyDescent="0.2">
       <c r="B96" s="39"/>
       <c r="C96" s="40" t="s">
         <v>67</v>
       </c>
       <c r="D96" s="40"/>
       <c r="E96" s="40"/>
       <c r="F96" s="40"/>
       <c r="G96" s="40"/>
       <c r="H96" s="40"/>
       <c r="I96" s="40"/>
       <c r="J96" s="41"/>
       <c r="K96" s="41"/>
       <c r="L96" s="41"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="C64:L64"/>
+    <mergeCell ref="C65:L65"/>
+    <mergeCell ref="C66:L66"/>
+    <mergeCell ref="C67:L67"/>
+    <mergeCell ref="C68:L68"/>
+    <mergeCell ref="C69:L69"/>
+    <mergeCell ref="C70:L70"/>
+    <mergeCell ref="C71:L71"/>
+    <mergeCell ref="C72:L72"/>
+    <mergeCell ref="C78:L78"/>
     <mergeCell ref="C79:L79"/>
     <mergeCell ref="C80:L80"/>
     <mergeCell ref="C73:L73"/>
     <mergeCell ref="C74:L74"/>
     <mergeCell ref="C75:L75"/>
     <mergeCell ref="C76:L76"/>
     <mergeCell ref="C77:L77"/>
-    <mergeCell ref="C69:L69"/>
-[...8 lines deleted...]
-    <mergeCell ref="C68:L68"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.43307086614173229" right="0.43307086614173229" top="0.39370078740157483" bottom="0.39370078740157483" header="0.39370078740157483" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{377e3d22-4ea1-422d-b0ad-8fcc89406b9e}" enabled="0" method="" siteId="{377e3d22-4ea1-422d-b0ad-8fcc89406b9e}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2025-26</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Alison Price</Manager>
   <Company>University of Bath</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>