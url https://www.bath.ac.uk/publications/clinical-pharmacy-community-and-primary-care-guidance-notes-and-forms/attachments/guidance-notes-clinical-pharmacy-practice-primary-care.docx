--- v0 (2025-12-24)
+++ v1 (2026-02-21)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0A4D0BD1" w14:textId="77777777" w:rsidR="003874F3" w:rsidRDefault="00BE4A1F" w:rsidP="003874F3">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="1" w:line="130" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="13"/>
           <w:szCs w:val="13"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="13"/>
           <w:szCs w:val="13"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251720192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51BFB9C6" wp14:editId="35EB6A3F">
                 <wp:simplePos x="0" y="0"/>
@@ -1091,73 +1091,51 @@
         <w:spacing w:after="60"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F2A8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants need to be </w:t>
       </w:r>
       <w:r w:rsidRPr="00A871AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>registered with the General Pharmaceutical Council (</w:t>
-[...21 lines deleted...]
-        <w:t>) or PSNI</w:t>
+        <w:t>registered with the General Pharmaceutical Council (GPhC) or PSNI</w:t>
       </w:r>
       <w:r w:rsidR="00A871AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (apart from CPD applicants, see below)</w:t>
       </w:r>
       <w:r w:rsidR="003C6876">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="000F2A8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1381,192 +1359,168 @@
         <w:t>ndergraduate level.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A209CB" w14:textId="7CBF9389" w:rsidR="00D52954" w:rsidRPr="00E85872" w:rsidRDefault="00D52954" w:rsidP="000F2A8E">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85872">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Completing your Employer and Academics References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46AE9189" w14:textId="5FC05A80" w:rsidR="000F2A8E" w:rsidRDefault="000F2A8E" w:rsidP="00D52954">
+    <w:p w14:paraId="25977F1D" w14:textId="77777777" w:rsidR="00A70F71" w:rsidRDefault="00A70F71" w:rsidP="00A70F71">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk182921198"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">We require </w:t>
       </w:r>
       <w:r w:rsidRPr="00A871AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>two references</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to support your application, ideally one </w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve"> have an academic focus (for example a university tutor from previous postgraduate or undergraduate studies, or a professional who has knowledge of your academic abilities such as a CPPE tutor). The two references </w:t>
+        <w:t xml:space="preserve"> to support your application. One must be work-based (for example a line manager) and the second will ideally have an academic focus (for example a university tutor from previous postgraduate or undergraduate studies, or a professional who has knowledge of your academic abilities such as a CPPE tutor). The two references </w:t>
       </w:r>
       <w:r w:rsidRPr="000F2A8E">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>cannot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> be supplied by the same person. If you are unsure who would be suitable, please contact us to discuss. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475E7C0D" w14:textId="4B120185" w:rsidR="00D52954" w:rsidRDefault="00D52954" w:rsidP="000F2A8E">
+    <w:p w14:paraId="475E7C0D" w14:textId="43097126" w:rsidR="00D52954" w:rsidRDefault="00A70F71" w:rsidP="00A70F71">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk182921198"/>
       <w:r w:rsidRPr="00716402">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">You </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF33FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">should also confirm name and contact details for your referees in </w:t>
       </w:r>
-      <w:r w:rsidR="00A871AF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the relevant section of</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF33FD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Online Application Form</w:t>
       </w:r>
-      <w:r w:rsidR="00BC1146">
-[...13 lines deleted...]
-        <w:t>reference form for completion.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; referees will receive a university generated reference form for completion. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A141A9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please ensure that the email addresses of your referees are to a named person, preferably to a work/company email address; do not use generic mailboxes, e.g. enquiries@pharmacy.co.uk as these will not be accepted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EBDC6F6" w14:textId="77777777" w:rsidR="008554BD" w:rsidRPr="00E85872" w:rsidRDefault="008554BD" w:rsidP="008554BD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="Additional_Paperwork"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk182911489"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00783785">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Additional Paperwork</w:t>
       </w:r>
@@ -1737,66 +1691,52 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1AD97150" w14:textId="0A75C966" w:rsidR="000F2A8E" w:rsidRPr="000F2A8E" w:rsidRDefault="3F6F41C2" w:rsidP="00E55C88">
       <w:pPr>
         <w:pStyle w:val="Preformatted"/>
         <w:widowControl/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3F6F41C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...14 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Admissions for Pharmacists working/planning to work in the NHS</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="22DCC58F" w14:textId="77777777" w:rsidR="000F2A8E" w:rsidRDefault="000F2A8E" w:rsidP="000F2A8E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>If you are working in or plan to work in the NHS, we follow the NHS Values Based Recruitment Guidance. We strongly believe in the NHS values and will be looking for them in our applicants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60788286" w14:textId="1C32224A" w:rsidR="000F2A8E" w:rsidRDefault="000F2A8E" w:rsidP="000F2A8E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -1824,51 +1764,51 @@
           <w:t>https://www.gov.uk/government/publications/the-nhs-constitution-for-england</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="37B3CEDF" w14:textId="77777777" w:rsidR="000F2A8E" w:rsidRPr="00E85872" w:rsidRDefault="000F2A8E" w:rsidP="000F2A8E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85872">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Accreditation of Prior Learning </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08141084" w14:textId="5FDF80BD" w:rsidR="000F2A8E" w:rsidRPr="00E85872" w:rsidRDefault="000F2A8E">
+    <w:p w14:paraId="08141084" w14:textId="39064D4E" w:rsidR="000F2A8E" w:rsidRPr="00E85872" w:rsidRDefault="000F2A8E">
       <w:pPr>
         <w:pStyle w:val="Preformatted"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="959"/>
           <w:tab w:val="clear" w:pos="1918"/>
           <w:tab w:val="clear" w:pos="2877"/>
           <w:tab w:val="clear" w:pos="3836"/>
           <w:tab w:val="clear" w:pos="4795"/>
           <w:tab w:val="clear" w:pos="5754"/>
           <w:tab w:val="clear" w:pos="6713"/>
           <w:tab w:val="clear" w:pos="7672"/>
           <w:tab w:val="clear" w:pos="8631"/>
           <w:tab w:val="clear" w:pos="9590"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:snapToGrid/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
@@ -1913,63 +1853,62 @@
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Programme Office</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:snapToGrid/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more details. Please complete</w:t>
       </w:r>
       <w:r w:rsidR="0541433B" w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:snapToGrid/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:hyperlink r:id="rId15" w:history="1">
-[...9 lines deleted...]
-        </w:hyperlink>
+        <w:r w:rsidR="00ED537F" w:rsidRPr="00523733">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
+            <w:snapToGrid/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>Application for Credit Transfer</w:t>
+        </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E55C88">
+      <w:r w:rsidR="00ED537F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:snapToGrid/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to apply for credit transfer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1472D751" w14:textId="04CA40B8" w:rsidR="0041189D" w:rsidRPr="00E55C88" w:rsidRDefault="0041189D" w:rsidP="503D5BEC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E55C88">
         <w:rPr>
@@ -2144,51 +2083,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">achieve an PGCert, PGDip or MSc </w:t>
       </w:r>
       <w:r w:rsidR="00BC5366">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">award </w:t>
       </w:r>
       <w:r w:rsidR="001F6BF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>on this programme.</w:t>
       </w:r>
       <w:r w:rsidR="00E55C88">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00A00206" w:rsidRPr="00D67023">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ap3t@bath.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E55C88">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E55C88">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
           <w:u w:val="none"/>
         </w:rPr>
@@ -2358,51 +2297,51 @@
       </w:r>
       <w:r w:rsidR="00A37537" w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. Please include a purchase order number </w:t>
       </w:r>
       <w:r w:rsidR="00716402" w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>and a contact name and number of the person who we need for invoicing purposes.</w:t>
       </w:r>
       <w:r w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A871AF" w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Full details should also be provided on the additional </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="05E537A0" w:rsidRPr="503D5BEC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           </w:rPr>
           <w:t>Confirmation of Sponsorship form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005D5E77" w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A871AF" w:rsidRPr="503D5BEC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t>which must be uploaded with your application</w:t>
       </w:r>
       <w:r w:rsidR="00707F49">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (see </w:t>
@@ -2499,69 +2438,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Professional Experience</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA83816" w14:textId="77777777" w:rsidR="000B5F16" w:rsidRPr="00E85872" w:rsidRDefault="000B5F16" w:rsidP="000B5F16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85872">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please provide information about your current and previous relevant employment and details of your </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">/PSNI Registration. </w:t>
+        <w:t xml:space="preserve">Please provide information about your current and previous relevant employment and details of your GPhC/PSNI Registration. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35E4ED39" w14:textId="77777777" w:rsidR="000B5F16" w:rsidRPr="00EF124C" w:rsidRDefault="000B5F16" w:rsidP="001F6BF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF124C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Your English Language Proficiency</w:t>
@@ -2721,91 +2642,91 @@
         <w:t>We need to monitor our equal opportunities policy and ask that you complete this section of the form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72A994A8" w14:textId="77777777" w:rsidR="000B5F16" w:rsidRPr="00EF124C" w:rsidRDefault="000B5F16" w:rsidP="001F6BF8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF124C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i w:val="0"/>
           <w:color w:val="164B92"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Why Bath?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EB8DD60" w14:textId="77777777" w:rsidR="000B5F16" w:rsidRPr="00E85872" w:rsidRDefault="000B5F16" w:rsidP="000B5F16">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85872">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please indicate how you heard about this programme and what influenced you to study at Bath. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51BE501E" w14:textId="46FFD34E" w:rsidR="000B5F16" w:rsidRPr="00EF124C" w:rsidRDefault="004C674A" w:rsidP="001F6BF8">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="164B92"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="164B92"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Additional</w:t>
       </w:r>
       <w:r w:rsidR="000B5F16" w:rsidRPr="00EF124C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="164B92"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Needs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D145F13" w14:textId="4595C283" w:rsidR="000B5F16" w:rsidRPr="00E85872" w:rsidRDefault="000B5F16" w:rsidP="00BC5366">
       <w:pPr>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85872">
         <w:rPr>
@@ -2866,51 +2787,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Disability </w:t>
       </w:r>
       <w:r w:rsidR="004C674A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service</w:t>
       </w:r>
       <w:r w:rsidRPr="00E85872">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="004C674A" w:rsidRPr="00744F58">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.bath.ac.uk/guides/thinking-of-applying/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004C674A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and they can be contacted by telephone</w:t>
       </w:r>
       <w:r w:rsidR="00CD65F2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2958,51 +2879,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E85872">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidRPr="00E85872">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="004C674A" w:rsidRPr="00744F58">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>disabilityadvice@bath.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004C674A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B5F65F" w14:textId="586FF47F" w:rsidR="000B5F16" w:rsidRPr="00EF124C" w:rsidRDefault="000B5F16" w:rsidP="001F6BF8">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:bCs/>
@@ -3131,94 +3052,94 @@
           <w:iCs/>
           <w:color w:val="164B92"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>When to Apply</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EDA8DDF" w14:textId="45F0D659" w:rsidR="000B5F16" w:rsidRPr="00E85872" w:rsidRDefault="3F6F41C2" w:rsidP="3F6F41C2">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="3F6F41C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="008554BD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="3F6F41C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for up-to-date information and deadlines</w:t>
       </w:r>
       <w:r w:rsidR="008554BD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="3F6F41C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="3F6F41C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">r contact </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00A4755D" w:rsidRPr="0034671E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ap3t@bath.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="3F6F41C2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or call the Postgraduate Office on 01225 383206.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B5C38B2" w14:textId="77777777" w:rsidR="00CD65F2" w:rsidRPr="00CD65F2" w:rsidRDefault="00CD65F2" w:rsidP="00A871AF">
       <w:pPr>
         <w:pStyle w:val="Preformatted"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="0"/>
@@ -3394,62 +3315,62 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E85872">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If you would like to discuss your application or aspects of the application process and deadline, please contact:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D8140E" w14:textId="77777777" w:rsidR="004C02A6" w:rsidRDefault="004C02A6" w:rsidP="00CD65F2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56863128" w14:textId="0D145B03" w:rsidR="00CD65F2" w:rsidRPr="00CD65F2" w:rsidRDefault="00576378" w:rsidP="00CD65F2">
+    <w:p w14:paraId="56863128" w14:textId="0D145B03" w:rsidR="00CD65F2" w:rsidRPr="00CD65F2" w:rsidRDefault="00A00206" w:rsidP="00CD65F2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidR="00A00206" w:rsidRPr="00D67023">
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00D67023">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
             <w:b/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>ap3t@bath.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00716402">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Programme Office</w:t>
       </w:r>
       <w:r w:rsidR="004C02A6" w:rsidRPr="004C02A6">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3555,82 +3476,82 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C67CC60" w14:textId="77777777" w:rsidR="0004180B" w:rsidRPr="00E85872" w:rsidRDefault="0004180B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4518569E" w14:textId="77777777" w:rsidR="00FE5E5F" w:rsidRDefault="00FE5E5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="008000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00FE5E5F" w:rsidSect="00A871AF">
-      <w:headerReference w:type="default" r:id="rId23"/>
-      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1247" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="04D07852" w14:textId="77777777" w:rsidR="00DB1FEB" w:rsidRDefault="00DB1FEB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5F21F8D7" w14:textId="77777777" w:rsidR="00DB1FEB" w:rsidRDefault="00DB1FEB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -3641,64 +3562,64 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Corbel">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000A44B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="34C3D58F" w14:textId="77777777" w:rsidR="00347C31" w:rsidRPr="001F6BF8" w:rsidRDefault="00347C31" w:rsidP="00E85872">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="001F6BF8">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>University of Bath</w:t>
     </w:r>
   </w:p>
@@ -3742,81 +3663,81 @@
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>November</w:t>
     </w:r>
     <w:r w:rsidR="00570601">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 2024</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="40D21319" w14:textId="77777777" w:rsidR="00DB1FEB" w:rsidRDefault="00DB1FEB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0DEDD2DF" w14:textId="77777777" w:rsidR="00DB1FEB" w:rsidRDefault="00DB1FEB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="24524FCF" w14:textId="77777777" w:rsidR="00347C31" w:rsidRDefault="00347C31">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23896EB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E97035AA"/>
     <w:lvl w:ilvl="0" w:tplc="738AED54">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="357"/>
         </w:tabs>
         <w:ind w:left="357" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:eastAsia="Times New Roman" w:hAnsi="Wingdings" w:cs="Times New Roman" w:hint="default"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4360,51 +4281,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1097675815">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1958176295">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="555090075">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="331642698">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2001614189">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002F0552"/>
@@ -4443,131 +4364,134 @@
     <w:rsid w:val="003C4E51"/>
     <w:rsid w:val="003C6876"/>
     <w:rsid w:val="003C6FE1"/>
     <w:rsid w:val="0041189D"/>
     <w:rsid w:val="00426662"/>
     <w:rsid w:val="0046728B"/>
     <w:rsid w:val="00496CEF"/>
     <w:rsid w:val="004A2AA1"/>
     <w:rsid w:val="004C02A6"/>
     <w:rsid w:val="004C674A"/>
     <w:rsid w:val="004E3B4B"/>
     <w:rsid w:val="004F47CF"/>
     <w:rsid w:val="00520F70"/>
     <w:rsid w:val="00563876"/>
     <w:rsid w:val="00566B1E"/>
     <w:rsid w:val="00570601"/>
     <w:rsid w:val="00576378"/>
     <w:rsid w:val="00594CD5"/>
     <w:rsid w:val="005B20C6"/>
     <w:rsid w:val="005D5E77"/>
     <w:rsid w:val="005E2594"/>
     <w:rsid w:val="005E2795"/>
     <w:rsid w:val="00601E73"/>
     <w:rsid w:val="00607051"/>
     <w:rsid w:val="00637F51"/>
+    <w:rsid w:val="00643215"/>
     <w:rsid w:val="006474C7"/>
     <w:rsid w:val="00664E98"/>
     <w:rsid w:val="006D5938"/>
     <w:rsid w:val="006E51EB"/>
     <w:rsid w:val="00707F49"/>
     <w:rsid w:val="00716402"/>
     <w:rsid w:val="007517B6"/>
     <w:rsid w:val="007748D1"/>
     <w:rsid w:val="007C255C"/>
     <w:rsid w:val="007E0A97"/>
     <w:rsid w:val="007F1BD1"/>
     <w:rsid w:val="008342E2"/>
     <w:rsid w:val="008510B0"/>
     <w:rsid w:val="008554BD"/>
     <w:rsid w:val="008A59A4"/>
     <w:rsid w:val="008B2F00"/>
     <w:rsid w:val="008C0454"/>
     <w:rsid w:val="00914F30"/>
     <w:rsid w:val="009153B2"/>
     <w:rsid w:val="009166C0"/>
     <w:rsid w:val="0096368C"/>
     <w:rsid w:val="00970C75"/>
     <w:rsid w:val="009820D4"/>
     <w:rsid w:val="0098701F"/>
     <w:rsid w:val="009A25ED"/>
     <w:rsid w:val="009B662A"/>
     <w:rsid w:val="009E1B47"/>
     <w:rsid w:val="009F7CF4"/>
     <w:rsid w:val="00A00206"/>
     <w:rsid w:val="00A03D99"/>
     <w:rsid w:val="00A37537"/>
     <w:rsid w:val="00A4755D"/>
     <w:rsid w:val="00A56969"/>
+    <w:rsid w:val="00A70F71"/>
     <w:rsid w:val="00A852E1"/>
     <w:rsid w:val="00A871AF"/>
     <w:rsid w:val="00AB1A59"/>
     <w:rsid w:val="00AB6E1F"/>
     <w:rsid w:val="00AD4759"/>
     <w:rsid w:val="00AF33FD"/>
     <w:rsid w:val="00B11720"/>
     <w:rsid w:val="00B830B9"/>
     <w:rsid w:val="00BA0BA3"/>
     <w:rsid w:val="00BB160F"/>
     <w:rsid w:val="00BB333F"/>
     <w:rsid w:val="00BB7886"/>
     <w:rsid w:val="00BC1146"/>
     <w:rsid w:val="00BC5366"/>
     <w:rsid w:val="00BE4A1F"/>
     <w:rsid w:val="00C0518C"/>
     <w:rsid w:val="00C5087E"/>
     <w:rsid w:val="00C679E4"/>
     <w:rsid w:val="00C74417"/>
     <w:rsid w:val="00C94FA9"/>
     <w:rsid w:val="00CA08F8"/>
     <w:rsid w:val="00CB2A09"/>
     <w:rsid w:val="00CC284A"/>
     <w:rsid w:val="00CC69F1"/>
     <w:rsid w:val="00CD65F2"/>
     <w:rsid w:val="00CE6A3A"/>
     <w:rsid w:val="00CF6034"/>
     <w:rsid w:val="00D14E07"/>
     <w:rsid w:val="00D16ADA"/>
     <w:rsid w:val="00D52954"/>
     <w:rsid w:val="00D6183A"/>
     <w:rsid w:val="00D7601A"/>
     <w:rsid w:val="00D826B4"/>
     <w:rsid w:val="00D94A5F"/>
     <w:rsid w:val="00DA3A5D"/>
     <w:rsid w:val="00DB1FEB"/>
     <w:rsid w:val="00DC3127"/>
     <w:rsid w:val="00E203FD"/>
     <w:rsid w:val="00E25D5F"/>
     <w:rsid w:val="00E5420F"/>
     <w:rsid w:val="00E55C88"/>
     <w:rsid w:val="00E755EF"/>
     <w:rsid w:val="00E85872"/>
     <w:rsid w:val="00E91B3E"/>
     <w:rsid w:val="00EA3F37"/>
     <w:rsid w:val="00EC21CE"/>
     <w:rsid w:val="00EC319E"/>
     <w:rsid w:val="00EC7932"/>
+    <w:rsid w:val="00ED537F"/>
     <w:rsid w:val="00ED6FCA"/>
     <w:rsid w:val="00EF124C"/>
     <w:rsid w:val="00F66073"/>
     <w:rsid w:val="00F77B81"/>
     <w:rsid w:val="00F8577F"/>
     <w:rsid w:val="00F9676D"/>
     <w:rsid w:val="00FB7929"/>
     <w:rsid w:val="00FE50C0"/>
     <w:rsid w:val="00FE5E5F"/>
     <w:rsid w:val="00FE7981"/>
     <w:rsid w:val="0541433B"/>
     <w:rsid w:val="05E537A0"/>
     <w:rsid w:val="06D6A11B"/>
     <w:rsid w:val="0979A055"/>
     <w:rsid w:val="0BCA40B4"/>
     <w:rsid w:val="154CB12D"/>
     <w:rsid w:val="15EE3FEF"/>
     <w:rsid w:val="1757F276"/>
     <w:rsid w:val="1841D297"/>
     <w:rsid w:val="18F7A943"/>
     <w:rsid w:val="19780DE2"/>
     <w:rsid w:val="1C9772C1"/>
     <w:rsid w:val="1D3B8128"/>
     <w:rsid w:val="202AB3FB"/>
     <w:rsid w:val="2608F6D6"/>
@@ -4599,51 +4523,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="030CFF11"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B5E43640-BFD1-42C6-B24C-5760E51BC993}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text 2" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
@@ -5280,51 +5204,51 @@
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rPr>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="70004720">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="375859653">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5394,51 +5318,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2010910788">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap3t-admin@bath.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/guides/thinking-of-applying/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap3t@bath.ac.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/the-nhs-constitution-for-england" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/publications/clinical-pharmacy-practice-secondary-care-guidance-notes-and-forms/attachments/University_of_Bath_-_Sponsorship_Agreement_Letter.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap3t@bath.ac.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/campaigns/clinical-pharmacy-practice-primary-care-and-community/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/publications/clinical-pharmacy-practice-secondary-care-guidance-notes-and-forms/attachments/University_of_Bath_-_Sponsorship_Agreement_Letter.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.bath.ac.uk%2Fpublications%2Fclinical-pharmacy-practice-secondary-care-guidance-notes-and-forms%2Fattachments%2Fcredit-transfer-form.docx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/publications/clinical-pharmacy-practice-secondary-care-guidance-notes-and-forms/attachments/University_of_Bath_-_Sponsorship_Agreement_Letter.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:disabilityadvice@bath.ac.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.bath.ac.uk%2Fpublications%2Fclinical-pharmacy-practice-secondary-care-guidance-notes-and-forms%2Fattachments%2Fcredit-transfer-form.docx&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap3t@bath.ac.uk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap3t-admin@bath.ac.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:disabilityadvice@bath.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap3t@bath.ac.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/the-nhs-constitution-for-england" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/guides/thinking-of-applying/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/publications/clinical-pharmacy-practice-secondary-care-guidance-notes-and-forms/attachments/University_of_Bath_-_Sponsorship_Agreement_Letter.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap3t@bath.ac.uk" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/publications/clinical-pharmacy-practice-secondary-care-guidance-notes-and-forms/attachments/University_of_Bath_-_Sponsorship_Agreement_Letter.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ap3t@bath.ac.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/publications/clinical-pharmacy-practice-secondary-care-guidance-notes-and-forms/attachments/University_of_Bath_-_Sponsorship_Agreement_Letter.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/campaigns/clinical-pharmacy-practice-primary-care-and-community/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://forms.office.com/pages/responsepage.aspx?id=Ij1-N6FOLUKwrY_MiUBrnsRb7q6nK8FLphFQoqjDRidUM0lMRjBHUDU1U09MM1RWR1pTRDZUMDI5UiQlQCN0PWcu&amp;origin=lprLink&amp;route=shorturl" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5679,69 +5603,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3913EE0B-B852-4A55-8192-F59E6C017005}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1192</Words>
-  <Characters>8265</Characters>
+  <Words>1226</Words>
+  <Characters>8162</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>68</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Advanced Programme in</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Pharmacy &amp; Pharmacology</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9439</CharactersWithSpaces>
+  <CharactersWithSpaces>9370</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Advanced Programme in</dc:title>
   <dc:subject/>
   <dc:creator>Ade Olatokun</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>