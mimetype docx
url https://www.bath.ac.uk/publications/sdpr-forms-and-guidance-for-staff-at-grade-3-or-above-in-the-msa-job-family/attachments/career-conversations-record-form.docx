--- v0 (2025-12-20)
+++ v1 (2026-02-24)
@@ -1,303 +1,307 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2854846C" w14:textId="7EB7AFF5" w:rsidR="00F94349" w:rsidRDefault="00D21D4F" w:rsidP="00ED48D7">
+    <w:p w:rsidR="00F94349" w:rsidP="00ED48D7" w:rsidRDefault="00D21D4F" w14:paraId="2854846C" w14:textId="7EB7AFF5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Career Conversation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F94349" w14:paraId="5B822CC5" w14:textId="77777777" w:rsidTr="00F94349">
+      <w:tr w:rsidR="00F94349" w:rsidTr="00F94349" w14:paraId="5B822CC5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D68D86F" w14:textId="77777777" w:rsidR="00F94349" w:rsidRPr="00ED48D7" w:rsidRDefault="00F94349" w:rsidP="00F94349">
+          <w:p w:rsidRPr="00ED48D7" w:rsidR="00F94349" w:rsidP="00F94349" w:rsidRDefault="00F94349" w14:paraId="4D68D86F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED48D7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>What is it?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A43F2D0" w14:textId="77777777" w:rsidR="00F94349" w:rsidRDefault="00F94349" w:rsidP="00F94349">
+          <w:p w:rsidR="00F94349" w:rsidP="00F94349" w:rsidRDefault="00F94349" w14:paraId="4A43F2D0" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2BC70342" w14:textId="7BA9E8EB" w:rsidR="00F94349" w:rsidRPr="00E01AEA" w:rsidRDefault="00F94349" w:rsidP="00F94349">
+          <w:p w:rsidRPr="00E01AEA" w:rsidR="00F94349" w:rsidP="00F94349" w:rsidRDefault="00F94349" w14:paraId="2BC70342" w14:textId="7BA9E8EB">
             <w:r w:rsidRPr="00E01AEA">
               <w:t xml:space="preserve">A conversation, conducted with purpose, which allows you to reflect and focus on your career, </w:t>
             </w:r>
-            <w:r w:rsidR="0080657D" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="0080657D">
               <w:t xml:space="preserve">your successes, strengths and potential. It should build on </w:t>
             </w:r>
-            <w:r w:rsidR="00057C01" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="00057C01">
               <w:t>these</w:t>
             </w:r>
-            <w:r w:rsidR="0080657D" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="0080657D">
               <w:t xml:space="preserve"> to</w:t>
             </w:r>
             <w:r w:rsidRPr="00E01AEA">
               <w:t xml:space="preserve"> set goals and make commitments</w:t>
             </w:r>
-            <w:r w:rsidR="00385BD2" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="00385BD2">
               <w:t xml:space="preserve"> for the</w:t>
             </w:r>
             <w:r w:rsidRPr="00E01AEA">
               <w:t xml:space="preserve"> future.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CD4D1D2" w14:textId="77777777" w:rsidR="00F94349" w:rsidRPr="00F94349" w:rsidRDefault="00F94349" w:rsidP="00F94349"/>
+          <w:p w:rsidRPr="00F94349" w:rsidR="00F94349" w:rsidP="00F94349" w:rsidRDefault="00F94349" w14:paraId="0CD4D1D2" w14:textId="77777777"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2BFC6659" w14:textId="77777777" w:rsidR="00F94349" w:rsidRDefault="00F94349" w:rsidP="00F94349">
+    <w:p w:rsidR="00F94349" w:rsidP="00F94349" w:rsidRDefault="00F94349" w14:paraId="2BFC6659" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F94349" w14:paraId="335D460A" w14:textId="77777777" w:rsidTr="00F94349">
+      <w:tr w:rsidR="00F94349" w:rsidTr="00F94349" w14:paraId="335D460A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CEF2393" w14:textId="77777777" w:rsidR="00F94349" w:rsidRPr="00ED48D7" w:rsidRDefault="008238C4" w:rsidP="00F94349">
+          <w:p w:rsidRPr="00ED48D7" w:rsidR="00F94349" w:rsidP="00F94349" w:rsidRDefault="008238C4" w14:paraId="0CEF2393" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED48D7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>What should it produce</w:t>
             </w:r>
-            <w:r w:rsidR="00F94349" w:rsidRPr="00ED48D7">
+            <w:r w:rsidRPr="00ED48D7" w:rsidR="00F94349">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D347D91" w14:textId="77777777" w:rsidR="00F94349" w:rsidRDefault="00F94349" w:rsidP="00F94349">
+          <w:p w:rsidR="00F94349" w:rsidP="00F94349" w:rsidRDefault="00F94349" w14:paraId="4D347D91" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="71C2023C" w14:textId="77777777" w:rsidR="00F94349" w:rsidRDefault="008238C4" w:rsidP="008238C4">
+          <w:p w:rsidR="00F94349" w:rsidP="008238C4" w:rsidRDefault="008238C4" w14:paraId="71C2023C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>A clear</w:t>
             </w:r>
             <w:r w:rsidR="008B7930">
               <w:t>, evidence-based and self-aware</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> sense of how you are doing with respect to:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3ADC9A7A" w14:textId="77777777" w:rsidR="008238C4" w:rsidRDefault="008238C4" w:rsidP="008238C4">
+          <w:p w:rsidR="008238C4" w:rsidP="008238C4" w:rsidRDefault="008238C4" w14:paraId="3ADC9A7A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>Your own motivation and aspirations</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C1F1CB4" w14:textId="77777777" w:rsidR="008238C4" w:rsidRDefault="008238C4" w:rsidP="008238C4">
+          <w:p w:rsidR="008238C4" w:rsidP="008238C4" w:rsidRDefault="008238C4" w14:paraId="3C1F1CB4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>The expectations of someone in your role</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="109CEBD4" w14:textId="77777777" w:rsidR="008238C4" w:rsidRDefault="008238C4" w:rsidP="008238C4">
+          <w:p w:rsidR="008238C4" w:rsidP="008238C4" w:rsidRDefault="008238C4" w14:paraId="109CEBD4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>The context in</w:t>
             </w:r>
             <w:r w:rsidR="00057C01">
               <w:t xml:space="preserve"> your life,</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> the department, discipline, University </w:t>
             </w:r>
             <w:r w:rsidR="00057C01">
               <w:t>and beyond.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F0FCD99" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="007E6132" w:rsidP="008B7930">
+          <w:p w:rsidR="008B7930" w:rsidP="008B7930" w:rsidRDefault="007E6132" w14:paraId="6F0FCD99" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="008238C4">
               <w:t>lear goals that will help you find fulfilment at work and achieve your potential.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4C4F5F84" w14:textId="77777777" w:rsidR="007E6132" w:rsidRDefault="007E6132" w:rsidP="007E6132">
+          <w:p w:rsidR="007E6132" w:rsidP="007E6132" w:rsidRDefault="007E6132" w14:paraId="4C4F5F84" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>An individualised view of your career path and how you will respond to opportunities.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C102B63" w14:textId="77777777" w:rsidR="00F94349" w:rsidRDefault="00F94349" w:rsidP="007E6132">
+          <w:p w:rsidR="00F94349" w:rsidP="007E6132" w:rsidRDefault="00F94349" w14:paraId="1C102B63" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C54B5A4" w14:textId="77777777" w:rsidR="00F94349" w:rsidRDefault="00F94349" w:rsidP="00F94349">
+    <w:p w:rsidR="00F94349" w:rsidP="00F94349" w:rsidRDefault="00F94349" w14:paraId="1C54B5A4" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78C91D68" w14:textId="77777777" w:rsidR="005B74BA" w:rsidRDefault="008238C4" w:rsidP="00F94349">
+    <w:p w:rsidR="005B74BA" w:rsidP="00F94349" w:rsidRDefault="008238C4" w14:paraId="78C91D68" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED48D7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Key questions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="567A0DE6" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="000D618A" w:rsidP="00F94349">
+    <w:p w:rsidR="008B7930" w:rsidP="00F94349" w:rsidRDefault="000D618A" w14:paraId="567A0DE6" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D04D7EC" wp14:editId="0C05FA5F">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>146686</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1847850" cy="1104900"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rounded Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -309,107 +313,107 @@
                           <a:off x="0" y="0"/>
                           <a:ext cx="1847850" cy="1104900"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3969854F" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="00094EED">
+                          <w:p w:rsidR="008B7930" w:rsidP="00094EED" w:rsidRDefault="008B7930" w14:paraId="3969854F" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:t>What are you doing</w:t>
                             </w:r>
                             <w:r w:rsidR="00094EED">
                               <w:t>, across the range of your job,</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> that motivates and energises you?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="202BE8F7" w14:textId="77777777" w:rsidR="00094EED" w:rsidRDefault="00094EED" w:rsidP="00094EED">
+                          <w:p w:rsidR="00094EED" w:rsidP="00094EED" w:rsidRDefault="00094EED" w14:paraId="202BE8F7" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="5D04D7EC" id="Rounded Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:11.55pt;width:145.5pt;height:87pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwcipsgwIAAFIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H6doGdYqgRYcB&#10;RVv0Az0rshQbkEWNUmJnv36U7LhFW+wwLAeFNMlH8onU+UXfGrZT6BuwJS+Ocs6UlVA1dlPy56fr&#10;b6ec+SBsJQxYVfK98vxi+fXLeecWagY1mEohIxDrF50reR2CW2SZl7VqhT8CpywZNWArAqm4ySoU&#10;HaG3Jpvl+fesA6wcglTe09erwciXCV9rJcOd1l4FZkpOtYV0YjrX8cyW52KxQeHqRo5liH+oohWN&#10;paQT1JUIgm2x+QDVNhLBgw5HEtoMtG6kSj1QN0X+rpvHWjiVeiFyvJto8v8PVt7u7pE1Fd0dZ1a0&#10;dEUPsLWVqtgDkSfsxihWRJo65xfk/ejucdQ8ibHnXmMb/6kb1idq9xO1qg9M0sfidH5yekw3IMlW&#10;FPn8LE/kZ6/hDn34oaBlUSg5xjJiDYlXsbvxgfKS/8GPlFjTUEWSwt6oWIixD0pTU5R3lqLTOKlL&#10;g2wnaBCElMqGYjDVolLD5+OcfrFVSjJFJC0BRmTdGDNhjwBxVD9iDzCjfwxVaRqn4PxvhQ3BU0TK&#10;DDZMwW1jAT8DMNTVmHnwP5A0UBNZCv26J5corqHa0+0jDGvhnbxuiPsb4cO9QNoDui/a7XBHhzbQ&#10;lRxGibMa8Pdn36M/jSdZOetor0ruf20FKs7MT0uDe1bM53ERkzI/PpmRgm8t67cWu20vgW6MhpOq&#10;S2L0D+YgaoT2hZ6AVcxKJmEl5S65DHhQLsOw7/SISLVaJTdaPifCjX10MoJHguNYPfUvAt04gIFm&#10;9xYOOygW70Zw8I2RFlbbALpJ8/nK60g9LW6aofGRiS/DWz15vT6Fyz8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDHY2JZ2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNUQBvi&#10;VIWqJ04ELr1t4iUOxHYUu635e5YTPc7OaOZttUl2FCeaw+CdgnyRgSDXeT24XsHH+/5uBSJEdBpH&#10;70jBDwXY1NdXFZban90bnZrYCy5xoUQFJsaplDJ0hiyGhZ/IsffpZ4uR5dxLPeOZy+0oiyx7kBYH&#10;xwsGJ3ox1H03R6vA6mXafeH2QPtV83y4T6+72bRK3d6k7ROISCn+h+EPn9GhZqbWH50OYlTAj0QF&#10;xTIHwW6xzvnQcmz9mIOsK3nJX/8CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMHIqbIMC&#10;AABSBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAx2Ni&#10;WdsAAAAHAQAADwAAAAAAAAAAAAAAAADdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AOUFAAAAAA==&#10;" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt">
+              <v:roundrect id="Rounded Rectangle 1" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:11.55pt;width:145.5pt;height:87pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1026" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt" arcsize="10923f" w14:anchorId="5D04D7EC" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAh+PBQaAIAACQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X20H6doGdYqgRYcB&#10;RVv0Az0rslQbkEWNUmJnv36U7DhFW+wwzAeZFMlH6onU+UXfGrZV6BuwJS+Ocs6UlVA19rXkz0/X&#10;304580HYShiwquQ75fnF8uuX884t1AxqMJVCRiDWLzpX8joEt8gyL2vVCn8ETlkyasBWBFLxNatQ&#10;dITemmyW59+zDrByCFJ5T7tXg5EvE77WSoY7rb0KzJScagtpxbSu45otz8XiFYWrGzmWIf6hilY0&#10;lpJOUFciCLbB5gNU20gEDzocSWgz0LqRKp2BTlPk707zWAun0lmIHO8mmvz/g5W320d3j0RD5/zC&#10;kxhP0Wts45/qY30iazeRpfrAJG0Wp/OT02PiVJKtKPL5WZ7ozA7hDn34oaBlUSg5wsZWD3QliSmx&#10;vfGB8pL/3o+UQxVJCjujYiHGPijNmoryzlJ0ahB1aZBtBV2tkFLZUAymWlRq2D7O6Yt3TEmmiKQl&#10;wIisG2Mm7BEgNt9H7AFm9I+hKvXXFJz/rbAheIpImcGGKbhtLOBnAIZONWYe/PckDdRElkK/7skl&#10;imuodvfIEIZG905eN8T9jfDhXiB1Nt0XTWu4o0Ub6EoOo8RZDfj7s/3oTw1HVs46mpSS+18bgYoz&#10;89NSK54V83kcraTMj09mpOBby/qtxW7aS6AbK+hdcDKJ0T+YvagR2hca6lXMSiZhJeUuuQy4Vy7D&#10;MMH0LEi1WiU3Gicnwo19dDKCR4JjWz31LwLd2ICBevcW9lMlFu9acPCNkRZWmwC6Sf154HWknkYx&#10;9dD4bMRZf6snr8PjtvwDAAD//wMAUEsDBBQABgAIAAAAIQDHY2JZ2wAAAAcBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJNUQBviVIWqJ04ELr1t4iUOxHYUu635e5YTPc7OaOZt&#10;tUl2FCeaw+CdgnyRgSDXeT24XsHH+/5uBSJEdBpH70jBDwXY1NdXFZban90bnZrYCy5xoUQFJsap&#10;lDJ0hiyGhZ/IsffpZ4uR5dxLPeOZy+0oiyx7kBYHxwsGJ3ox1H03R6vA6mXafeH2QPtV83y4T6+7&#10;2bRK3d6k7ROISCn+h+EPn9GhZqbWH50OYlTAj0QFxTIHwW6xzvnQcmz9mIOsK3nJX/8CAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAIfjwUGgCAAAkBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAx2NiWdsAAAAHAQAADwAAAAAAAAAAAAAAAADCBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMoFAAAAAA==&#10;">
                 <v:stroke joinstyle="miter"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3969854F" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="00094EED">
+                    <w:p w:rsidR="008B7930" w:rsidP="00094EED" w:rsidRDefault="008B7930" w14:paraId="3969854F" w14:textId="77777777">
                       <w:pPr>
                         <w:jc w:val="center"/>
                       </w:pPr>
                       <w:r>
                         <w:t>What are you doing</w:t>
                       </w:r>
                       <w:r w:rsidR="00094EED">
                         <w:t>, across the range of your job,</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> that motivates and energises you?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="202BE8F7" w14:textId="77777777" w:rsidR="00094EED" w:rsidRDefault="00094EED" w:rsidP="00094EED">
+                    <w:p w:rsidR="00094EED" w:rsidP="00094EED" w:rsidRDefault="00094EED" w14:paraId="202BE8F7" w14:textId="77777777">
                       <w:pPr>
                         <w:jc w:val="center"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27C049EE" wp14:editId="5C62D218">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2008909</wp:posOffset>
                 </wp:positionH>
@@ -430,82 +434,82 @@
                           <a:off x="0" y="0"/>
                           <a:ext cx="1847850" cy="1095375"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2342F817" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="008B7930">
+                          <w:p w:rsidR="008B7930" w:rsidP="008B7930" w:rsidRDefault="008B7930" w14:paraId="2342F817" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:t>What do you understand about your current level of contribution and how that meets the University’s needs?</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="27C049EE" id="Rounded Rectangle 3" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:158.2pt;margin-top:11.5pt;width:145.5pt;height:86.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrkH/XhgIAAFkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv3CAQvlfqf0DcG9v7aJJVvNFqo1SV&#10;oiTKQzmzGNaWgKHArr399R2w14mSqIeqPmBgZj7m8c1cXHZakb1wvgFT0uIkp0QYDlVjtiV9frr+&#10;dkaJD8xUTIERJT0ITy+XX79ctHYhJlCDqoQjCGL8orUlrUOwiyzzvBaa+ROwwqBQgtMs4NFts8qx&#10;FtG1yiZ5/j1rwVXWARfe4+1VL6TLhC+l4OFOSi8CUSVF30JaXVo3cc2WF2yxdczWDR/cYP/ghWaN&#10;wUdHqCsWGNm55gOUbrgDDzKccNAZSNlwkWLAaIr8XTSPNbMixYLJ8XZMk/9/sPx2f+9IU5V0Solh&#10;Gkv0ADtTiYo8YPKY2SpBpjFNrfUL1H609244edzGmDvpdPxjNKRLqT2MqRVdIBwvi7PZ6dkcK8BR&#10;VuTn8+npPKJmr+bW+fBDgCZxU1IX3Yg+pLyy/Y0Pvf5RD42jT70XaRcOSkRHlHkQEoPCdyfJOtFJ&#10;rJUje4ZEYJwLE4peVLNK9NfzHL/BqdEiuZgAI7JslBqxB4BI1Y/Yva+DfjQViY2jcf43x3rj0SK9&#10;DCaMxrox4D4DUBjV8HKvf0xSn5qYpdBtulTwpBlvNlAdkAQO+u7wll83WIIb5sM9c9gOWDZs8XCH&#10;i1TQlhSGHSU1uN+f3Ud9ZClKKWmxvUrqf+2YE5Sonwb5e17MZrEf02E2P53gwb2VbN5KzE6vAQtX&#10;4DCxPG2jflDHrXSgX3ASrOKrKGKG49sl5cEdD+vQtz3OEi5Wq6SGPWhZuDGPlkfwmOfIrqfuhTk7&#10;8DAghW/h2Ips8Y6JvW60NLDaBZBNoulrXocKYP8mKg2zJg6It+ek9ToRl38AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCXfSss3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI+xTsMwEIZ3JN7BOiQ26rQh&#10;oYQ4VaHqxERg6ebERxyI7ch2W/P2HBMd7+7Tf99fb5KZ2Al9GJ0VsFxkwND2To12EPDxvr9bAwtR&#10;WiUnZ1HADwbYNNdXtayUO9s3PLVxYBRiQyUF6BjnivPQazQyLNyMlm6fzhsZafQDV16eKdxMfJVl&#10;JTdytPRByxlfNPbf7dEIMCpPuy+5PeB+3T4fivS687oT4vYmbZ+ARUzxH4Y/fVKHhpw6d7QqsElA&#10;vizvCRWwyqkTAWX2QIuOyMeiAN7U/LJC8wsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBr&#10;kH/XhgIAAFkFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQCXfSss3QAAAAoBAAAPAAAAAAAAAAAAAAAAAOAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt">
+              <v:roundrect id="Rounded Rectangle 3" style="position:absolute;left:0;text-align:left;margin-left:158.2pt;margin-top:11.5pt;width:145.5pt;height:86.25pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1027" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt" arcsize="10923f" w14:anchorId="27C049EE" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXygtpbAIAACsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTp2gEVKapATJMQ&#10;VMDEs+vYNJLj885uk+7X7+ykKQK0h2l5cGzf3efzd9/54rJrDNsp9DXYkhcnOWfKSqhq+1Lyn083&#10;X84480HYShiwquR75fnl4vOni9bN1QQ2YCqFjECsn7eu5JsQ3DzLvNyoRvgTcMqSUQM2ItASX7IK&#10;RUvojckmef4tawErhyCV97R73Rv5IuFrrWS419qrwEzJKbeQRkzjOo7Z4kLMX1C4TS2HNMQ/ZNGI&#10;2tKhI9S1CIJtsX4H1dQSwYMOJxKaDLSupUp3oNsU+ZvbPG6EU+kuRI53I03+/8HKu92jWyHR0Do/&#10;9zSNt+g0NvFP+bEukbUfyVJdYJI2i7Pp6dmMOJVkK/Lz2dfTWaQzO4Y79OG7gobFSckRtrZ6oJIk&#10;psTu1ofe/+BHwccs0izsjYqJGPugNKsrOneSopNA1JVBthNUWiGlsqHoTRtRqX57ltM3JDVGpBQT&#10;YETWtTEj9gAQxfceu8918I+hKulrDM7/llgfPEakk8GGMbipLeBHAIZuNZzc+x9I6qmJLIVu3RE3&#10;VIXoGXfWUO1XyBB6vXsnb2oqwa3wYSWQBE5lo6YN9zRoA23JYZhxtgH8/dF+9CfdkZWzlhqm5P7X&#10;VqDizPywpMjzYjqNHZYW09nphBb42rJ+bbHb5gqocAU9D06mafQP5jDVCM0z9fYynkomYSWdXXIZ&#10;8LC4Cn0j0+sg1XKZ3KirnAi39tHJCB55jup66p4FukGHgSR8B4fmEvM3Sux9Y6SF5TaArpNMj7wO&#10;FaCOTFIaXo/Y8q/Xyev4xi3+AAAA//8DAFBLAwQUAAYACAAAACEAl30rLN0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNuq0IaGEOFWh6sREYOnmxEcciO3Idlvz9hwTHe/u&#10;03/fX2+SmdgJfRidFbBcZMDQ9k6NdhDw8b6/WwMLUVolJ2dRwA8G2DTXV7WslDvbNzy1cWAUYkMl&#10;BegY54rz0Gs0MizcjJZun84bGWn0A1denincTHyVZSU3crT0QcsZXzT23+3RCDAqT7svuT3gft0+&#10;H4r0uvO6E+L2Jm2fgEVM8R+GP31Sh4acOne0KrBJQL4s7wkVsMqpEwFl9kCLjsjHogDe1PyyQvML&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA18oLaWwCAAArBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAl30rLN0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AADGBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;">
                 <v:stroke joinstyle="miter"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2342F817" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="008B7930">
+                    <w:p w:rsidR="008B7930" w:rsidP="008B7930" w:rsidRDefault="008B7930" w14:paraId="2342F817" w14:textId="77777777">
                       <w:pPr>
                         <w:jc w:val="center"/>
                       </w:pPr>
                       <w:r>
                         <w:t>What do you understand about your current level of contribution and how that meets the University’s needs?</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="008B7930">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="505A15B9" wp14:editId="5622DCC7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
@@ -528,928 +532,1007 @@
                           <a:off x="0" y="0"/>
                           <a:ext cx="1847850" cy="1095375"/>
                         </a:xfrm>
                         <a:prstGeom prst="roundRect">
                           <a:avLst/>
                         </a:prstGeom>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="010C2556" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="008B7930">
+                          <w:p w:rsidR="008B7930" w:rsidP="008B7930" w:rsidRDefault="008B7930" w14:paraId="010C2556" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r>
                               <w:t>What is the way to “next level thinking” that will allow you to fulfil your ambition, whatever that is?</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="505A15B9" id="Rounded Rectangle 2" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:314.25pt;margin-top:11pt;width:145.5pt;height:86.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA830krhgIAAFkFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2yAQfp+0/wHxvtrOkrWN4lRRqk6T&#10;qjZqO/WZYIgtAceAxM7++h3Ycau22sM0P2Dg7j7ux3e3uOq0IgfhfAOmpMVZTokwHKrG7Er68+nm&#10;ywUlPjBTMQVGlPQoPL1afv60aO1cTKAGVQlHEMT4eWtLWodg51nmeS0082dghUGhBKdZwKPbZZVj&#10;LaJrlU3y/FvWgqusAy68x9vrXkiXCV9KwcO9lF4EokqKvoW0urRu45otF2y+c8zWDR/cYP/ghWaN&#10;wUdHqGsWGNm75h2UbrgDDzKccdAZSNlwkWLAaIr8TTSPNbMixYLJ8XZMk/9/sPzusHGkqUo6ocQw&#10;jSV6gL2pREUeMHnM7JQgk5im1vo5aj/ajRtOHrcx5k46Hf8YDelSao9jakUXCMfL4mJ6fjHDCnCU&#10;Ffnl7Ov5LKJmL+bW+fBdgCZxU1IX3Yg+pLyyw60Pvf5JD42jT70XaReOSkRHlHkQEoPCdyfJOtFJ&#10;rJUjB4ZEYJwLE4peVLNK9NezHL/BqdEiuZgAI7JslBqxB4BI1ffYva+DfjQViY2jcf43x3rj0SK9&#10;DCaMxrox4D4CUBjV8HKvf0pSn5qYpdBtu6HgqBlvtlAdkQQO+u7wlt80WIJb5sOGOWwHLBu2eLjH&#10;RSpoSwrDjpIa3O+P7qM+shSllLTYXiX1v/bMCUrUD4P8vSym09iP6TCdnU/w4F5Ltq8lZq/XgIUr&#10;cJhYnrZRP6jTVjrQzzgJVvFVFDHD8e2S8uBOh3Xo2x5nCRerVVLDHrQs3JpHyyN4zHNk11P3zJwd&#10;eBiQwndwakU2f8PEXjdaGljtA8gm0fQlr0MFsH8TlYZZEwfE63PSepmIyz8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDciSXZ3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI+xTsMwEIZ3JN7BOiQ26jSQ&#10;KglxqkLViYnA0s2JjzgQ25HttubtOSYY7+7Tf9/fbJOZ2Rl9mJwVsF5lwNAOTk12FPD+drgrgYUo&#10;rZKzsyjgGwNs2+urRtbKXewrnrs4MgqxoZYCdIxLzXkYNBoZVm5BS7cP542MNPqRKy8vFG5mnmfZ&#10;hhs5Wfqg5YLPGoev7mQEGHWf9p9yd8RD2T0di/Sy97oX4vYm7R6BRUzxD4ZffVKHlpx6d7IqsFnA&#10;Ji8LQgXkOXUioFpXtOiJrB4K4G3D/1dofwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8&#10;30krhgIAAFkFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDciSXZ3QAAAAoBAAAPAAAAAAAAAAAAAAAAAOAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt">
+              <v:roundrect id="Rounded Rectangle 2" style="position:absolute;left:0;text-align:left;margin-left:314.25pt;margin-top:11pt;width:145.5pt;height:86.25pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1028" fillcolor="#5b9bd5 [3204]" strokecolor="#1f4d78 [1604]" strokeweight="1pt" arcsize="10923f" w14:anchorId="505A15B9" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsayIkbAIAACsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTp2gEVKapATJMQ&#10;VMDEs+vYNJLj885uk+7X7+ykKQK0h2l5cM6+u8/nz9/54rJrDNsp9DXYkhcnOWfKSqhq+1Lyn083&#10;X84480HYShiwquR75fnl4vOni9bN1QQ2YCqFjECsn7eu5JsQ3DzLvNyoRvgTcMqSUwM2ItAUX7IK&#10;RUvojckmef4tawErhyCV97R63Tv5IuFrrWS419qrwEzJqbaQRkzjOo7Z4kLMX1C4TS2HMsQ/VNGI&#10;2tKmI9S1CIJtsX4H1dQSwYMOJxKaDLSupUpnoNMU+ZvTPG6EU+ksRI53I03+/8HKu92jWyHR0Do/&#10;92TGU3Qam/in+liXyNqPZKkuMEmLxdn09GxGnEryFfn57OvpLNKZHdMd+vBdQcOiUXKEra0e6EoS&#10;U2J360Mff4ij5GMVyQp7o2Ihxj4ozeqK9p2k7CQQdWWQ7QRdrZBS2VD0ro2oVL88y+kbihozUokJ&#10;MCLr2pgRewCI4nuP3dc6xMdUlfQ1Jud/K6xPHjPSzmDDmNzUFvAjAEOnGnbu4w8k9dRElkK37oib&#10;SA1FxpU1VPsVMoRe797Jm5qu4Fb4sBJIAqdro6YN9zRoA23JYbA42wD+/mg9xpPuyMtZSw1Tcv9r&#10;K1BxZn5YUuR5MZ3GDkuT6ex0QhN87Vm/9thtcwV0cQU9D04mM8YHczA1QvNMvb2Mu5JLWEl7l1wG&#10;PEyuQt/I9DpItVymMOoqJ8KtfXQygkeeo7qeumeBbtBhIAnfwaG5xPyNEvvYmGlhuQ2g6yTTI6/D&#10;DVBHJikNr0ds+dfzFHV84xZ/AAAA//8DAFBLAwQUAAYACAAAACEA3Ikl2d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPsU7DMBCGdyTewTokNuo0kCoJcapC1YmJwNLNiY84ENuR7bbm7TkmGO/u&#10;03/f32yTmdkZfZicFbBeZcDQDk5NdhTw/na4K4GFKK2Ss7Mo4BsDbNvrq0bWyl3sK567ODIKsaGW&#10;AnSMS815GDQaGVZuQUu3D+eNjDT6kSsvLxRuZp5n2YYbOVn6oOWCzxqHr+5kBBh1n/afcnfEQ9k9&#10;HYv0sve6F+L2Ju0egUVM8Q+GX31Sh5aceneyKrBZwCYvC0IF5Dl1IqBaV7ToiaweCuBtw/9XaH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7GsiJGwCAAArBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA3Ikl2d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AADGBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;">
                 <v:stroke joinstyle="miter"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="010C2556" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="008B7930">
+                    <w:p w:rsidR="008B7930" w:rsidP="008B7930" w:rsidRDefault="008B7930" w14:paraId="010C2556" w14:textId="77777777">
                       <w:pPr>
                         <w:jc w:val="center"/>
                       </w:pPr>
                       <w:r>
                         <w:t>What is the way to “next level thinking” that will allow you to fulfil your ambition, whatever that is?</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237418C8" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="00F94349">
+    <w:p w:rsidR="008B7930" w:rsidP="00F94349" w:rsidRDefault="008B7930" w14:paraId="237418C8" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37E77D89" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="00F94349">
+    <w:p w:rsidR="008B7930" w:rsidP="00F94349" w:rsidRDefault="008B7930" w14:paraId="37E77D89" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46C7B22F" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="00F94349">
+    <w:p w:rsidR="008B7930" w:rsidP="00F94349" w:rsidRDefault="008B7930" w14:paraId="46C7B22F" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="760B7E80" w14:textId="77777777" w:rsidR="008B7930" w:rsidRDefault="008B7930" w:rsidP="00F94349">
+    <w:p w:rsidR="008B7930" w:rsidP="00F94349" w:rsidRDefault="008B7930" w14:paraId="760B7E80" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3200F501" w14:textId="77777777" w:rsidR="00D72E93" w:rsidRDefault="00D72E93" w:rsidP="000A250F">
+    <w:p w:rsidR="00D72E93" w:rsidP="000A250F" w:rsidRDefault="00D72E93" w14:paraId="3200F501" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69C3EE9E" w14:textId="77777777" w:rsidR="00A07D45" w:rsidRPr="00ED48D7" w:rsidRDefault="00D72E93" w:rsidP="000A250F">
+    <w:p w:rsidRPr="00ED48D7" w:rsidR="00A07D45" w:rsidP="000A250F" w:rsidRDefault="00D72E93" w14:paraId="69C3EE9E" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44B6810E" wp14:editId="127C9404">
             <wp:extent cx="5943600" cy="1419225"/>
             <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
             <wp:docPr id="4" name="Diagram 4"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId7" r:lo="rId8" r:qs="rId9" r:cs="rId10"/>
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId10" r:lo="rId11" r:qs="rId12" r:cs="rId13"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00D21D4F" w:rsidRPr="00ED48D7">
+      <w:r w:rsidRPr="00ED48D7" w:rsidR="00D21D4F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Process</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CA619A3" w14:textId="77777777" w:rsidR="00D21D4F" w:rsidRPr="00ED48D7" w:rsidRDefault="00D21D4F" w:rsidP="00ED48D7">
+    <w:p w:rsidRPr="00ED48D7" w:rsidR="00D21D4F" w:rsidP="00ED48D7" w:rsidRDefault="00D21D4F" w14:paraId="1CA619A3" w14:textId="77777777">
       <w:r w:rsidRPr="00ED48D7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Reflection</w:t>
       </w:r>
       <w:r w:rsidR="00ED48D7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidR="00ED48D7">
         <w:t xml:space="preserve">Based on critical assessment of last year’s objectives and activities, </w:t>
       </w:r>
       <w:r w:rsidR="000A250F">
         <w:t xml:space="preserve">note down some general reflections </w:t>
       </w:r>
-      <w:r w:rsidR="000A250F" w:rsidRPr="000A250F">
+      <w:r w:rsidRPr="000A250F" w:rsidR="000A250F">
         <w:t xml:space="preserve">about </w:t>
       </w:r>
       <w:r w:rsidR="000A250F">
         <w:t>how this relates to what you, and the University,</w:t>
       </w:r>
-      <w:r w:rsidR="000A250F" w:rsidRPr="000A250F">
+      <w:r w:rsidRPr="000A250F" w:rsidR="000A250F">
         <w:t xml:space="preserve"> would expect you to be doing </w:t>
       </w:r>
       <w:r w:rsidR="000A250F">
         <w:t xml:space="preserve">at this point in your career. </w:t>
       </w:r>
       <w:r w:rsidR="00385BD2">
         <w:t>Pass these notes to your reviewer ahead of the meeting.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B324DD2" w14:textId="77777777" w:rsidR="0080657D" w:rsidRDefault="00D21D4F" w:rsidP="00ED48D7">
+    <w:p w:rsidR="0080657D" w:rsidP="00ED48D7" w:rsidRDefault="00D21D4F" w14:paraId="2B324DD2" w14:textId="77777777">
       <w:r w:rsidRPr="0080657D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
-      <w:r w:rsidR="00ED48D7" w:rsidRPr="0080657D">
+      <w:r w:rsidRPr="0080657D" w:rsidR="00ED48D7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="000A250F" w:rsidRPr="0080657D">
+      <w:r w:rsidRPr="0080657D" w:rsidR="000A250F">
         <w:t>Work with your reviewer to</w:t>
       </w:r>
       <w:r w:rsidR="0080657D">
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
-      <w:r w:rsidR="0080657D" w:rsidRPr="0080657D">
+      <w:r w:rsidRPr="0080657D" w:rsidR="0080657D">
         <w:t>esign a path towards achieving your goals</w:t>
       </w:r>
       <w:r w:rsidR="0080657D">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="0080657D" w:rsidRPr="0080657D">
+      <w:r w:rsidRPr="0080657D" w:rsidR="0080657D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00385BD2">
         <w:t>taking into account what’s right for you and what is happening in the University and your discipline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E02F54" w14:textId="77777777" w:rsidR="00ED48D7" w:rsidRPr="00ED48D7" w:rsidRDefault="00D21D4F" w:rsidP="00ED48D7">
+    <w:p w:rsidRPr="00ED48D7" w:rsidR="00ED48D7" w:rsidP="00ED48D7" w:rsidRDefault="00D21D4F" w14:paraId="43E02F54" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED48D7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Commitment</w:t>
       </w:r>
       <w:r w:rsidR="007F7F03">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="0080657D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00CA12DD">
         <w:t>Form a clear plan of action to move along this path, and ensure you know what steps you are committing to take</w:t>
       </w:r>
       <w:r w:rsidR="00733F50">
         <w:t xml:space="preserve"> (including who you will ask for support) </w:t>
       </w:r>
       <w:r w:rsidR="00CA12DD">
         <w:t>and how you will judge your success.</w:t>
       </w:r>
       <w:r w:rsidR="00ED48D7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4106"/>
         <w:gridCol w:w="4820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B530C6" w14:paraId="14DB4005" w14:textId="77777777" w:rsidTr="00707FFB">
+      <w:tr w:rsidR="00B530C6" w:rsidTr="00707FFB" w14:paraId="14DB4005" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0A8492A5" w14:textId="77777777" w:rsidR="00B530C6" w:rsidRDefault="00B530C6" w:rsidP="00B530C6">
+          <w:p w:rsidR="00B530C6" w:rsidP="00B530C6" w:rsidRDefault="00B530C6" w14:paraId="0A8492A5" w14:textId="77777777">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="43A5D32E" w14:textId="77777777" w:rsidR="00B530C6" w:rsidRDefault="00B530C6" w:rsidP="00B530C6">
+          <w:p w:rsidR="00B530C6" w:rsidP="00B530C6" w:rsidRDefault="00B530C6" w14:paraId="43A5D32E" w14:textId="77777777">
             <w:r>
               <w:t>Department:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1AFA715A" w14:textId="5EDF9D63" w:rsidR="00707FFB" w:rsidRDefault="00707FFB" w:rsidP="00B530C6"/>
+          <w:p w:rsidR="00707FFB" w:rsidP="00B530C6" w:rsidRDefault="00707FFB" w14:paraId="1AFA715A" w14:textId="5EDF9D63"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B530C6" w14:paraId="7ED7B529" w14:textId="77777777" w:rsidTr="00707FFB">
+      <w:tr w:rsidR="00B530C6" w:rsidTr="00707FFB" w14:paraId="7ED7B529" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="3A33CDBE" w14:textId="77777777" w:rsidR="00B530C6" w:rsidRDefault="00B530C6" w:rsidP="00B530C6">
+          <w:p w:rsidR="00B530C6" w:rsidP="00B530C6" w:rsidRDefault="00B530C6" w14:paraId="3A33CDBE" w14:textId="77777777">
             <w:r>
               <w:t>Date of meeting:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="7017DF54" w14:textId="77777777" w:rsidR="00B530C6" w:rsidRDefault="00B530C6" w:rsidP="00B530C6">
+          <w:p w:rsidR="00B530C6" w:rsidP="00B530C6" w:rsidRDefault="00B530C6" w14:paraId="7017DF54" w14:textId="77777777">
             <w:r>
               <w:t>Name of</w:t>
             </w:r>
             <w:r w:rsidR="00707FFB">
               <w:t xml:space="preserve"> mentor/</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> reviewer:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7068C843" w14:textId="48EABB15" w:rsidR="00707FFB" w:rsidRDefault="00707FFB" w:rsidP="00B530C6"/>
+          <w:p w:rsidR="00707FFB" w:rsidP="00B530C6" w:rsidRDefault="00707FFB" w14:paraId="7068C843" w14:textId="48EABB15"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="344DEBCB" w14:textId="77777777" w:rsidR="00D21D4F" w:rsidRDefault="00D21D4F" w:rsidP="00F94349">
+    <w:p w:rsidR="00D21D4F" w:rsidP="00F94349" w:rsidRDefault="00D21D4F" w14:paraId="344DEBCB" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C5B9500" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+    <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="2C5B9500" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00385BD2" w14:paraId="3BED4D0A" w14:textId="77777777" w:rsidTr="00385BD2">
+      <w:tr w:rsidR="00385BD2" w:rsidTr="00385BD2" w14:paraId="3BED4D0A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="506FFB10" w14:textId="059E0A3A" w:rsidR="00385BD2" w:rsidRPr="00DC5A07" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidRPr="00DC5A07" w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="506FFB10" w14:textId="059E0A3A">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>GENERAL REFLECTIONS: HOW ARE THINGS GOING?</w:t>
             </w:r>
             <w:r w:rsidR="00E01AEA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E01AEA">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>(Think about what you, and the University, would expect you to be doing at this point in your career</w:t>
             </w:r>
-            <w:r w:rsidR="001A64F2" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="001A64F2">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>. Do you feel you are achieving those expectations?</w:t>
             </w:r>
             <w:r w:rsidRPr="00E01AEA">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00DC5A07">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DC5A07">
               <w:t xml:space="preserve">Make notes in this section and pass to your </w:t>
             </w:r>
             <w:r w:rsidR="00707FFB">
               <w:t>mentor/</w:t>
             </w:r>
             <w:r w:rsidR="00DC5A07">
               <w:t>reviewer before the meeting.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72FF7B63" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="72FF7B63" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E2D785B" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="4E2D785B" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="416F0A68" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="416F0A68" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5BEF1F55" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="5BEF1F55" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7F91DAC3" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="7F91DAC3" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="198277B5" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="198277B5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3D3720D0" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="3D3720D0" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="06F29F09" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="06F29F09" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="24CBDD16" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="24CBDD16" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="19B14D61" w14:textId="3FE9B81F" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
-[...7 lines deleted...]
-    <w:p w14:paraId="76432508" w14:textId="77777777" w:rsidR="008717CD" w:rsidRDefault="008717CD" w:rsidP="00385BD2">
+    <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="19B14D61" w14:textId="3FE9B81F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
         <w:gridCol w:w="51"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00385BD2" w14:paraId="33FB67A3" w14:textId="77777777" w:rsidTr="000C28E7">
+      <w:tr w:rsidR="00385BD2" w:rsidTr="7D03A424" w14:paraId="33FB67A3" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="2184"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="41F2466C" w14:textId="76A90136" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="41F2466C" w14:textId="76A90136">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>KEY ASPIRATIONS: FROM THE CONVERSATION, WHAT ARE THE BEST (2 or 3) IDEAS YOU HAVE ABOUT THE FUTURE?</w:t>
             </w:r>
             <w:r w:rsidR="00810A5E">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001A64F2" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="001A64F2">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>(What</w:t>
             </w:r>
-            <w:r w:rsidR="008717CD" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="008717CD">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="001A64F2" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="001A64F2">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008717CD" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="008717CD">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>if anything,</w:t>
             </w:r>
-            <w:r w:rsidR="003A528D" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="003A528D">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> do you</w:t>
             </w:r>
-            <w:r w:rsidR="008717CD" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="008717CD">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> need </w:t>
             </w:r>
-            <w:r w:rsidR="0006601D" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="0006601D">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>do you</w:t>
             </w:r>
-            <w:r w:rsidR="001A64F2" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="001A64F2">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> to change for you to meet those aspirations? Are those aspirations aligned with the </w:t>
             </w:r>
-            <w:r w:rsidR="008717CD" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="008717CD">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">University's </w:t>
             </w:r>
-            <w:r w:rsidR="001A64F2" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="001A64F2">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>expectations?)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06848251" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="06848251" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2488122D" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="2488122D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="132E1D65" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="132E1D65" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B2A6562" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="6B2A6562" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="54805B8F" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="54805B8F" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B4559A2" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="5B4559A2" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E8C9025" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="0E8C9025" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="41828B52" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="41828B52" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4827A540" w14:textId="77777777" w:rsidR="00385BD2" w:rsidRDefault="00385BD2" w:rsidP="00385BD2">
+          <w:p w:rsidR="00385BD2" w:rsidP="00385BD2" w:rsidRDefault="00385BD2" w14:paraId="4827A540" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00522439" w14:paraId="2F55863E" w14:textId="77777777" w:rsidTr="000C28E7">
+      <w:tr w:rsidR="00DD4B13" w:rsidTr="7D03A424" w14:paraId="23F9981F" w14:textId="77777777">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9016" w:type="dxa"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00C27F31" w:rsidR="00DD4B13" w:rsidP="00C27F31" w:rsidRDefault="00DD4B13" w14:paraId="4577EB6C" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27F31">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Are you up to date with all mandatory training required for your role (including any annual refreshers)?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00C27F31" w:rsidR="00DD4B13" w:rsidP="00C27F31" w:rsidRDefault="00DD4B13" w14:paraId="248F5AE3" w14:textId="77777777">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C27F31">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C27F31">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00DD4B13" w:rsidR="00DD4B13" w:rsidP="00DD4B13" w:rsidRDefault="00DD4B13" w14:paraId="4545DB44" w14:textId="0377080B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7D03A424" w:rsidR="00DD4B13">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD4B13">
+              <w:rPr/>
+              <w:t xml:space="preserve"> Not yet – I will complete any outstanding or due</w:t>
+            </w:r>
+            <w:r w:rsidR="79081E94">
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD4B13">
+              <w:rPr/>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidR="79081E94">
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD4B13">
+              <w:rPr/>
+              <w:t>renewal modules this month</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00522439" w:rsidTr="7D03A424" w14:paraId="2F55863E" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="51" w:type="dxa"/>
           <w:trHeight w:val="2184"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="47DB630F" w14:textId="77777777" w:rsidR="00522439" w:rsidRDefault="00522439" w:rsidP="00522439">
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="47DB630F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5CAB1AB2" w14:textId="149589FD" w:rsidR="00522439" w:rsidRPr="00E01AEA" w:rsidRDefault="00522439" w:rsidP="00522439">
+          <w:p w:rsidRPr="00E01AEA" w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="5CAB1AB2" w14:textId="149589FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E01AEA">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Development opportunities and further learning can be found by visiting the following university webpages:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53F927E1" w14:textId="77777777" w:rsidR="00522439" w:rsidRDefault="00522439" w:rsidP="00522439"/>
-          <w:p w14:paraId="12D1E091" w14:textId="50686DE0" w:rsidR="00522439" w:rsidRDefault="00522439" w:rsidP="00522439">
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="53F927E1" w14:textId="77777777"/>
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="12D1E091" w14:textId="50686DE0">
             <w:r>
               <w:t>Development programmes and courses for staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18A0DD4A" w14:textId="77777777" w:rsidR="00522439" w:rsidRDefault="00000000" w:rsidP="00522439">
-[...1 lines deleted...]
-              <w:r w:rsidR="00522439" w:rsidRPr="006C316B">
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="18A0DD4A" w14:textId="77777777">
+            <w:hyperlink w:history="1" r:id="rId15">
+              <w:r w:rsidRPr="006C316B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>https://www.bath.ac.uk/corporate-information/development-programmes-and-courses-for-staff/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="700E9C9E" w14:textId="77777777" w:rsidR="00522439" w:rsidRDefault="00522439" w:rsidP="00522439"/>
-          <w:p w14:paraId="6E5625B7" w14:textId="77A4904C" w:rsidR="00522439" w:rsidRDefault="008E6B9A" w:rsidP="00522439">
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="700E9C9E" w14:textId="77777777"/>
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="008E6B9A" w14:paraId="6E5625B7" w14:textId="77A4904C">
             <w:r>
               <w:t xml:space="preserve">People </w:t>
             </w:r>
             <w:r w:rsidR="00522439">
               <w:t>Management Curriculum</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="108D08EC" w14:textId="771C8306" w:rsidR="00522439" w:rsidRPr="008E6B9A" w:rsidRDefault="00000000" w:rsidP="00522439">
+          <w:p w:rsidRPr="008E6B9A" w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="008E6B9A" w14:paraId="108D08EC" w14:textId="771C8306">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="008E6B9A" w:rsidRPr="008E6B9A">
+            <w:hyperlink w:history="1" r:id="rId16">
+              <w:r w:rsidRPr="008E6B9A">
                 <w:rPr>
                   <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>People Management Curriculum (bath.ac.uk)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="1BDB687B" w14:textId="77777777" w:rsidR="008E6B9A" w:rsidRDefault="008E6B9A" w:rsidP="00522439"/>
-          <w:p w14:paraId="4ABC0365" w14:textId="7B9B515B" w:rsidR="00522439" w:rsidRDefault="00522439" w:rsidP="00522439">
+          <w:p w:rsidR="008E6B9A" w:rsidP="00522439" w:rsidRDefault="008E6B9A" w14:paraId="1BDB687B" w14:textId="77777777"/>
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="4ABC0365" w14:textId="7B9B515B">
             <w:r>
               <w:t>Coaching service for staff</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29DB1E06" w14:textId="77777777" w:rsidR="00522439" w:rsidRDefault="00000000" w:rsidP="00522439">
-[...1 lines deleted...]
-              <w:r w:rsidR="00522439" w:rsidRPr="00012BED">
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="29DB1E06" w14:textId="77777777">
+            <w:hyperlink w:history="1" r:id="rId17">
+              <w:r w:rsidRPr="00012BED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>https://www.bath.ac.uk/guides/the-university-of-bath-coaching-service-for-staff/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="6813C28E" w14:textId="77777777" w:rsidR="00522439" w:rsidRDefault="00522439" w:rsidP="00522439"/>
-          <w:p w14:paraId="561B87F9" w14:textId="27EA7192" w:rsidR="00522439" w:rsidRDefault="00522439" w:rsidP="00522439">
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="6813C28E" w14:textId="77777777"/>
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="561B87F9" w14:textId="27EA7192">
             <w:proofErr w:type="spellStart"/>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Strengthscope</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="793C3358" w14:textId="77777777" w:rsidR="00522439" w:rsidRDefault="00000000" w:rsidP="00522439">
-[...1 lines deleted...]
-              <w:r w:rsidR="00522439" w:rsidRPr="00012BED">
+          <w:p w:rsidR="00522439" w:rsidP="00522439" w:rsidRDefault="00522439" w14:paraId="793C3358" w14:textId="77777777">
+            <w:hyperlink w:history="1" r:id="rId18">
+              <w:r w:rsidRPr="00012BED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>https://www.bath.ac.uk/corporate-information/strengthscope-profiling-tool/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="0C659017" w14:textId="77777777" w:rsidR="00522439" w:rsidRDefault="00522439" w:rsidP="00385BD2">
+          <w:p w:rsidR="00522439" w:rsidP="00385BD2" w:rsidRDefault="00522439" w14:paraId="0C659017" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00435912" w:rsidRPr="001E4B40" w14:paraId="15E4E5C9" w14:textId="77777777" w:rsidTr="000C28E7">
+      <w:tr w:rsidRPr="001E4B40" w:rsidR="00435912" w:rsidTr="7D03A424" w14:paraId="15E4E5C9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="5847"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="08525790" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="00EF6391">
+          <w:p w:rsidR="000C28E7" w:rsidP="00EF6391" w:rsidRDefault="000C28E7" w14:paraId="08525790" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="402327D8" w14:textId="0C2F295C" w:rsidR="00435912" w:rsidRDefault="0086431B" w:rsidP="00EF6391">
+          <w:p w:rsidR="00435912" w:rsidP="00EF6391" w:rsidRDefault="0086431B" w14:paraId="402327D8" w14:textId="0C2F295C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">MAIN </w:t>
             </w:r>
             <w:r w:rsidR="00435912">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>GOALS AND A</w:t>
             </w:r>
-            <w:r w:rsidR="00435912" w:rsidRPr="001E4B40">
+            <w:r w:rsidRPr="001E4B40" w:rsidR="00435912">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>CTIONS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BDCC608" w14:textId="77777777" w:rsidR="00435912" w:rsidRPr="00E01AEA" w:rsidRDefault="00435912" w:rsidP="00FE7EEB">
+          <w:p w:rsidRPr="00E01AEA" w:rsidR="00435912" w:rsidP="00FE7EEB" w:rsidRDefault="00435912" w14:paraId="3BDCC608" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E01AEA">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">These should set out </w:t>
             </w:r>
-            <w:r w:rsidR="003A528D" w:rsidRPr="00E01AEA">
+            <w:r w:rsidRPr="00E01AEA" w:rsidR="003A528D">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">the actions to meet those key aspirations </w:t>
             </w:r>
             <w:r w:rsidRPr="00E01AEA">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">with enough detail to be able to recognise whether you have achieved progress when you look back. Include clear steps for which you take responsibility, timescales, milestones and success indicators.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="291222AE" w14:textId="77777777" w:rsidR="006B6952" w:rsidRDefault="006B6952" w:rsidP="00FE7EEB">
+          <w:p w:rsidR="006B6952" w:rsidP="00FE7EEB" w:rsidRDefault="006B6952" w14:paraId="291222AE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F58B3AA" w14:textId="77777777" w:rsidR="006B6952" w:rsidRDefault="006B6952" w:rsidP="00FE7EEB">
+          <w:p w:rsidR="006B6952" w:rsidP="00FE7EEB" w:rsidRDefault="006B6952" w14:paraId="3F58B3AA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B7E7029" w14:textId="77777777" w:rsidR="006B6952" w:rsidRDefault="006B6952" w:rsidP="00FE7EEB">
+          <w:p w:rsidR="006B6952" w:rsidP="00FE7EEB" w:rsidRDefault="006B6952" w14:paraId="6B7E7029" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1587A848" w14:textId="77777777" w:rsidR="006B6952" w:rsidRDefault="006B6952" w:rsidP="00FE7EEB">
+          <w:p w:rsidR="006B6952" w:rsidP="00FE7EEB" w:rsidRDefault="006B6952" w14:paraId="1587A848" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="556A6DA9" w14:textId="77777777" w:rsidR="006B6952" w:rsidRDefault="006B6952" w:rsidP="00FE7EEB">
+          <w:p w:rsidR="006B6952" w:rsidP="00FE7EEB" w:rsidRDefault="006B6952" w14:paraId="556A6DA9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1B1D6147" w14:textId="77777777" w:rsidR="006B6952" w:rsidRDefault="006B6952" w:rsidP="00FE7EEB">
+          <w:p w:rsidR="006B6952" w:rsidP="00FE7EEB" w:rsidRDefault="006B6952" w14:paraId="1B1D6147" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="467146FA" w14:textId="77777777" w:rsidR="006B6952" w:rsidRDefault="006B6952" w:rsidP="00FE7EEB">
+          <w:p w:rsidR="006B6952" w:rsidP="00FE7EEB" w:rsidRDefault="006B6952" w14:paraId="467146FA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1BBD8428" w14:textId="77777777" w:rsidR="006B6952" w:rsidRDefault="006B6952" w:rsidP="00FE7EEB">
+          <w:p w:rsidR="006B6952" w:rsidP="00FE7EEB" w:rsidRDefault="006B6952" w14:paraId="1BBD8428" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1FBC4D0E" w14:textId="7F9A3AD3" w:rsidR="006B6952" w:rsidRPr="00DF4400" w:rsidRDefault="006B6952" w:rsidP="00FE7EEB">
+          <w:p w:rsidRPr="00DF4400" w:rsidR="006B6952" w:rsidP="00FE7EEB" w:rsidRDefault="006B6952" w14:paraId="1FBC4D0E" w14:textId="7F9A3AD3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="564AC4D4" w14:textId="1698C2BA" w:rsidR="000C28E7" w:rsidRDefault="006B6952" w:rsidP="00C827B0">
+    <w:p w:rsidR="000C28E7" w:rsidP="00C827B0" w:rsidRDefault="006B6952" w14:paraId="564AC4D4" w14:textId="1698C2BA">
       <w:pPr>
         <w:pageBreakBefore/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00B8AB4E" wp14:editId="1613C3CE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>464185</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>13335</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4972050" cy="342900"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="24" name="Rounded Rectangle 24"/>
                 <wp:cNvGraphicFramePr/>
@@ -1467,1254 +1550,1244 @@
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="accent2">
                             <a:lumMod val="75000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="61410C91" w14:textId="7D2A605F" w:rsidR="000C28E7" w:rsidRPr="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="000C28E7" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="61410C91" w14:textId="7D2A605F">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000C28E7">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>Sample questions to guide reflection and discussion</w:t>
                             </w:r>
                             <w:r w:rsidRPr="000C28E7">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="178C01D3" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00C4435B" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00C4435B" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="178C01D3" w14:textId="77777777">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="32"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="00B8AB4E" id="Rounded Rectangle 24" o:spid="_x0000_s1029" style="position:absolute;margin-left:36.55pt;margin-top:1.05pt;width:391.5pt;height:27pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABsMZQpwIAALUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X+2k6bpGdaqoVadJ&#10;XRu1nfpMMMRIwDEgsbNfvwM7btRVe5j2YgN3933cx91dXnVGk53wQYGt6OSkpERYDrWym4r+eL79&#10;9IWSEJmtmQYrKroXgV4tPn64bN1cTKEBXQtPEMSGeesq2sTo5kUReCMMCyfghEWjBG9YxK3fFLVn&#10;LaIbXUzL8nPRgq+dBy5CwNOb3kgXGV9KweODlEFEoiuKd4v56/N3nb7F4pLNN565RvHhGuwfbmGY&#10;skg6Qt2wyMjWqz+gjOIeAsh4wsEUIKXiIueA2UzKN9k8NcyJnAuKE9woU/h/sPx+t/JE1RWdziix&#10;zOAbPcLW1qImj6gesxstCNpQqNaFOfo/uZUfdgGXKetOepP+mA/psrj7UVzRRcLxcHZxPi3P8A04&#10;2k5n04syq1+8Rjsf4lcBhqRFRX26RrpDFpbt7kJEWvQ/+CXGAFrVt0rrvElVI661JzuG7804FzZO&#10;c7jemu9Q9+fnZ+XInQsthWTkI7QiZdvnl1dxr0Xi0PZRSBQMM+qRR4Rj0kkmDQ2rRX+cKA/5jhGZ&#10;MwMmZIlZjNgDwHsJTdJboAyDfwoVudLH4LJn/1vwGJGZwcYx2CgL/j0AHUfm3h9vcSRNWsZu3eVi&#10;Oj3UyxrqPRaYh77zguO3Cl/3joW4Yh5bDQsCx0d8wI/U0FYUhhUlDfhf750nf+wAtFLSYutWNPzc&#10;Mi8o0d8s9sbFZDZLvZ43szMsO0r8sWV9bLFbcw1YLRMcVI7nZfKP+rCUHswLTpllYkUTsxy5K8qj&#10;P2yuYz9ScE5xsVxmN+xvx+KdfXI8gSedU+E+dy/Mu6HEIzbHPRzanM3fFHnvmyItLLcRpModkJTu&#10;dR1eAGdDrohhjqXhc7zPXq/TdvEbAAD//wMAUEsDBBQABgAIAAAAIQAeiN1t3QAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI7NTsMwEITvSLyDtUjcqNNCmyrEqRASh3JAaviRuDnxEkfE68h225Sn&#10;Z3uC08xqRrNfuZncIA4YYu9JwXyWgUBqvempU/D2+nSzBhGTJqMHT6jghBE21eVFqQvjj7TDQ506&#10;wSMUC63ApjQWUsbWotNx5kckzr58cDrxGTppgj7yuBvkIstW0ume+IPVIz5abL/rvVPQhNNnXL48&#10;59sPd+d/du92m9dWqeur6eEeRMIp/ZXhjM/oUDFT4/dkohgU5LdzbipYsHC8Xq7YNArOKqtS/uev&#10;fgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQABsMZQpwIAALUFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAeiN1t3QAAAAcBAAAPAAAAAAAAAAAA&#10;AAAAAAEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAACwYAAAAA&#10;" fillcolor="#c45911 [2405]" strokecolor="#1f4d78 [1604]" strokeweight="1pt">
+              <v:roundrect id="Rounded Rectangle 24" style="position:absolute;margin-left:36.55pt;margin-top:1.05pt;width:391.5pt;height:27pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:spid="_x0000_s1029" fillcolor="#c45911 [2405]" strokecolor="#1f4d78 [1604]" strokeweight="1pt" arcsize="10923f" w14:anchorId="00B8AB4E" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8QeFSiwIAAIUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r3aydG2DOkXQosOA&#10;rg3aDj0rslQLkERNUmJnXz9KdpygK3YYdrEpkXyPpEheXnVGk63wQYGt6OSkpERYDrWyrxX98Xz7&#10;6ZySEJmtmQYrKroTgV4tPn64bN1cTKEBXQtPEMSGeesq2sTo5kUReCMMCyfghEWlBG9YxKN/LWrP&#10;WkQ3upiW5ZeiBV87D1yEgLc3vZIuMr6UgscHKYOIRFcUY4v56/N3nb7F4pLNXz1zjeJDGOwfojBM&#10;WSQdoW5YZGTj1R9QRnEPAWQ84WAKkFJxkXPAbCblm2yeGuZEzgWLE9xYpvD/YPn99smtPJahdWEe&#10;UExZdNKb9Mf4SJeLtRuLJbpIOF7OLs6m5SnWlKPu82x6UeZqFgdv50P8KsCQJFTUw8bWj/giuVBs&#10;exci0qL93i4xBtCqvlVa50PqAnGtPdkyfD/GubBxmt31xnyHur8/Oy1H7tw4ySUjH6EVh/yyFHda&#10;JA5tH4UkqsaMeuQR4Zh0kklDw2rRXyfKfb6jR+bMgAlZYhYj9gDwXkKT1IRYhsE+uYrcuaNz2bP/&#10;zXn0yMxg4+hslAX/HoCOI3Nvj1EclSaJsVt3WBt83xRjullDvVt54qGfpOD4rcLXvWMhrpjH0cGG&#10;wHUQH/AjNbQVhUGipAH/6737ZI8djVpKWhzFioafG+YFJfqbxV6/mMxmaXbzYXaKbUeJP9asjzV2&#10;Y64Bu2WCi8fxLCb7qPei9GBecGssEyuqmOXIXVEe/f5wHfsVgXuHi+Uym+G8Ohbv7JPjCTzVOTXu&#10;c/fCvBtaPOJw3MN+bNn8TZP3tsnTwnITQao8AYe6Di+As547YthLaZkcn7PVYXsufgMAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAB6I3W3dAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjs1OwzAQhO9IvIO1&#10;SNyo00KbKsSpEBKHckBq+JG4OfESR8TryHbblKdne4LTzGpGs1+5mdwgDhhi70nBfJaBQGq96alT&#10;8Pb6dLMGEZMmowdPqOCEETbV5UWpC+OPtMNDnTrBIxQLrcCmNBZSxtai03HmRyTOvnxwOvEZOmmC&#10;PvK4G+Qiy1bS6Z74g9UjPlpsv+u9U9CE02dcvjzn2w93539273ab11ap66vp4R5Ewin9leGMz+hQ&#10;MVPj92SiGBTkt3NuKliwcLxertg0Cs4qq1L+569+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAPxB4VKLAgAAhQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAB6I3W3dAAAABwEAAA8AAAAAAAAAAAAAAAAA5QQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAADvBQAAAAA=&#10;">
                 <v:stroke joinstyle="miter"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="61410C91" w14:textId="7D2A605F" w:rsidR="000C28E7" w:rsidRPr="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="000C28E7" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="61410C91" w14:textId="7D2A605F">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="000C28E7">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>Sample questions to guide reflection and discussion</w:t>
                       </w:r>
                       <w:r w:rsidRPr="000C28E7">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="178C01D3" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00C4435B" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00C4435B" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="178C01D3" w14:textId="77777777">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:roundrect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6DE092" w14:textId="39807807" w:rsidR="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+    <w:p w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="0D6DE092" w14:textId="39807807">
       <w:r w:rsidRPr="00F343E0">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C338B46" wp14:editId="666B7C0B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-676275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>346710</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3295650" cy="1384935"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="TextBox 12"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3295650" cy="1384935"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2B4B6542" w14:textId="1AFB0846" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="2B4B6542" w14:textId="1AFB0846">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="4"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>How are things going, in particular on your personal goals over the last 12 months?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="06786D05" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="06786D05" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="4"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">What makes you say that?  For </w:t>
                             </w:r>
                             <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>example,…</w:t>
                             </w:r>
                             <w:proofErr w:type="gramEnd"/>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>.[feedback, research data, publications , grants</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>etc]</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="54FB1CB3" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="54FB1CB3" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="4"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>What does success look like for you?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4088EE99" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="4088EE99" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="4"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>What have you learned over the last year or so, and how will you use that in future?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="603628D0" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="603628D0" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="4"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>What do others value about you?</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" rtlCol="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="7C338B46" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="7C338B46">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="TextBox 12" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:-53.25pt;margin-top:27.3pt;width:259.5pt;height:109.05pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWrcC7hQEAAPECAAAOAAAAZHJzL2Uyb0RvYy54bWysUstuGzEMvAfoPwi61+tHHCQLr4O2QXop&#10;2gBJP0DWSl4BK1ElZe/670vJjh20tyAXSuJjOBxqdT/6XuwNkoPQyNlkKoUJGloXto38/fL4+VYK&#10;Siq0qodgGnkwJO/Xn65WQ6zNHDroW4OCQQLVQ2xkl1Ksq4p0Z7yiCUQTOGgBvUr8xG3VohoY3ffV&#10;fDq9qQbANiJoQ8Teh2NQrgu+tUanX9aSSaJvJHNLxWKxm2yr9UrVW1Sxc/pEQ72DhVcucNMz1INK&#10;SuzQ/QflnUYgsGmiwVdgrdOmzMDTzKb/TPPcqWjKLCwOxbNM9HGw+uf+OT6hSONXGHmBWZAhUk3s&#10;zPOMFn0+mangOEt4OMtmxiQ0Oxfzu+XNkkOaY7PF7fXdYplxqkt5RErfDXiRL41E3kuRS+1/UDqm&#10;vqbkbgEeXd9n/4VLvqVxMwrXNvL6lecG2gPTH3iDjaQ/O4VGCkz9NygLz2AUv+wSA5Y+GeVYcwJn&#10;XQvT0x/Ii3v7LlmXn7r+CwAA//8DAFBLAwQUAAYACAAAACEAHItRp98AAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3Lak1dqh0nSa+JA4cGErd68xbUXjVE22dv+ecIKj7Uev&#10;n7fcLXYQF5p871hDslYgiBtnem411MfX1QMIH5ANDo5Jw5U87KrbmxIL42b+oMshtCKGsC9QQxfC&#10;WEjpm44s+rUbiePty00WQxynVpoJ5xhuB5kqlUuLPccPHY701FHzfThbDSGYfXKtX6x/+1zen+dO&#10;NRnWWt/fLftHEIGW8AfDr35Uhyo6ndyZjReDhlWi8iyyGrJNDiISmySNi5OGdJtuQVal/N+h+gEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDWrcC7hQEAAPECAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAci1Gn3wAAAAsBAAAPAAAAAAAAAAAAAAAA&#10;AN8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA6wQAAAAA&#10;" filled="f" stroked="f">
+              <v:shape id="TextBox 12" style="position:absolute;margin-left:-53.25pt;margin-top:27.3pt;width:259.5pt;height:109.05pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1030" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWrcC7hQEAAPECAAAOAAAAZHJzL2Uyb0RvYy54bWysUstuGzEMvAfoPwi61+tHHCQLr4O2QXop&#10;2gBJP0DWSl4BK1ElZe/670vJjh20tyAXSuJjOBxqdT/6XuwNkoPQyNlkKoUJGloXto38/fL4+VYK&#10;Siq0qodgGnkwJO/Xn65WQ6zNHDroW4OCQQLVQ2xkl1Ksq4p0Z7yiCUQTOGgBvUr8xG3VohoY3ffV&#10;fDq9qQbANiJoQ8Teh2NQrgu+tUanX9aSSaJvJHNLxWKxm2yr9UrVW1Sxc/pEQ72DhVcucNMz1INK&#10;SuzQ/QflnUYgsGmiwVdgrdOmzMDTzKb/TPPcqWjKLCwOxbNM9HGw+uf+OT6hSONXGHmBWZAhUk3s&#10;zPOMFn0+mangOEt4OMtmxiQ0Oxfzu+XNkkOaY7PF7fXdYplxqkt5RErfDXiRL41E3kuRS+1/UDqm&#10;vqbkbgEeXd9n/4VLvqVxMwrXNvL6lecG2gPTH3iDjaQ/O4VGCkz9NygLz2AUv+wSA5Y+GeVYcwJn&#10;XQvT0x/Ii3v7LlmXn7r+CwAA//8DAFBLAwQUAAYACAAAACEAHItRp98AAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPTU/DMAyG70j8h8hI3Lak1dqh0nSa+JA4cGErd68xbUXjVE22dv+ecIKj7Uev&#10;n7fcLXYQF5p871hDslYgiBtnem411MfX1QMIH5ANDo5Jw5U87KrbmxIL42b+oMshtCKGsC9QQxfC&#10;WEjpm44s+rUbiePty00WQxynVpoJ5xhuB5kqlUuLPccPHY701FHzfThbDSGYfXKtX6x/+1zen+dO&#10;NRnWWt/fLftHEIGW8AfDr35Uhyo6ndyZjReDhlWi8iyyGrJNDiISmySNi5OGdJtuQVal/N+h+gEA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDWrcC7hQEAAPECAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAci1Gn3wAAAAsBAAAPAAAAAAAAAAAAAAAA&#10;AN8DAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA6wQAAAAA&#10;">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="2B4B6542" w14:textId="1AFB0846" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="2B4B6542" w14:textId="1AFB0846">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="4"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">How are things going, in particular on your personal goals over the last 12 </w:t>
-[...9 lines deleted...]
-                        <w:t>months?</w:t>
+                        <w:t>How are things going, in particular on your personal goals over the last 12 months?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="06786D05" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="06786D05" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="4"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve">What makes you say that?  For </w:t>
                       </w:r>
                       <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>example,…</w:t>
                       </w:r>
                       <w:proofErr w:type="gramEnd"/>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>.[feedback, research data, publications , grants</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>etc]</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="54FB1CB3" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="54FB1CB3" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="4"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>What does success look like for you?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4088EE99" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="4088EE99" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="4"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>What have you learned over the last year or so, and how will you use that in future?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="603628D0" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="603628D0" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="4"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>What do others value about you?</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B4CF590" w14:textId="09526885" w:rsidR="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+    <w:p w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="4B4CF590" w14:textId="09526885">
       <w:r w:rsidRPr="00F343E0">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34C036B4" wp14:editId="433A4AD5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3267075</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>23495</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2939415" cy="2028825"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="11" name="TextBox 10"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2939415" cy="2028825"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="65B3C2BD" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="65B3C2BD" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00F343E0">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>What is important to you in your career?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3C42A6F3" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="3C42A6F3" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00F343E0">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>What are your aspirations in the short, medium and long term?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="640B8D65" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="640B8D65" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00F343E0">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>What are you looking forward to?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2A3C42B8" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="2A3C42B8" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00F343E0">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>Which bits of your job do you get the most out of?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="64D85D51" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="64D85D51" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="2"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00F343E0">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>What was happening the last time you felt really energised at work?</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="34C036B4" id="TextBox 10" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:257.25pt;margin-top:1.85pt;width:231.45pt;height:159.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPUAzhlgEAABcDAAAOAAAAZHJzL2Uyb0RvYy54bWysUstuIyEQvK+Uf0Dc43lks3JGHkd5KHtZ&#10;ZVdK8gGYAQ/SQBMae8Z/nwY7drS5Rbk0UN0UXdUsric7sK0KaMC1vJqVnCknoTNu3fKX54fzOWcY&#10;hevEAE61fKeQXy/PfixG36gaehg6FRiROGxG3/I+Rt8UBcpeWYEz8MpRUkOwItIxrIsuiJHY7VDU&#10;ZfmrGCF0PoBUiITe75N8mfm1VjL+1RpVZEPLqbeYY8hxlWKxXIhmHYTvjTy0Ib7QhRXG0aNHqnsR&#10;BdsE84nKGhkAQceZBFuA1kaqrIHUVOV/ap564VXWQuagP9qE30crH7f/AjMdza7izAlLM3pWU7yF&#10;iVXZntFjQ1VPnuriRDiVJtsSjgQm1ZMONq2kh1GejN4dzSUyJgmsry6uflaXnEnK1WU9n9eXiac4&#10;XfcB428FlqVNywNNL5sqtn8w7kvfS9JrDh7MMCT81EvaxWk1ZUmZPyEr6HbU/khzbjm+bkRQnIU4&#10;3EH+Fnuym00EbfI7pzsHcnI/d3r4KWm8H8+56vSfl28AAAD//wMAUEsDBBQABgAIAAAAIQBY6JRX&#10;3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN00IW2IUyEQVxAFKnFz&#10;420SEa+j2G3C37Oc4Dia0cybcju7XpxxDJ0nDcuFAoFUe9tRo+H97elmDSJEQ9b0nlDDNwbYVpcX&#10;pSmsn+gVz7vYCC6hUBgNbYxDIWWoW3QmLPyAxN7Rj85ElmMj7WgmLne9TJS6lc50xAutGfChxfpr&#10;d3IaPp6Pn/tUvTSPLhsmPytJbiO1vr6a7+9ARJzjXxh+8RkdKmY6+BPZIHoN2TLNOKphlYNgf5Pn&#10;KYgD62SVgKxK+f9B9QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBPUAzhlgEAABcDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBY6JRX3QAAAAkB&#10;AAAPAAAAAAAAAAAAAAAAAPADAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA+gQAAAAA&#10;" filled="f" stroked="f">
+              <v:shape id="TextBox 10" style="position:absolute;margin-left:257.25pt;margin-top:1.85pt;width:231.45pt;height:159.75pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1031" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC3vZTwgwEAAPECAAAOAAAAZHJzL2Uyb0RvYy54bWysUk2P0zAQvSPtf7B83yYNLOpGTVewq+WC&#10;AGnhB7iO3ViKPd4Zt0n/PWO3tAhuiMvYno83b954/TD7URwMkoPQyeWilsIEDb0Lu07++P58u5KC&#10;kgq9GiGYTh4NyYfNzZv1FFvTwABjb1AwSKB2ip0cUoptVZEejFe0gGgCBy2gV4mfuKt6VBOj+7Fq&#10;6vp9NQH2EUEbIvY+nYJyU/CtNTp9tZZMEmMnmVsqFovdZltt1qrdoYqD02ca6h9YeOUCN71APamk&#10;xB7dX1DeaQQCmxYafAXWOm3KDDzNsv5jmpdBRVNmYXEoXmSi/wervxxe4jcUaf4IMy8wCzJFaomd&#10;eZ7Zos8nMxUcZwmPF9nMnIRmZ3P/9v7d8k4KzbGmblar5i7jVNfyiJQ+GfAiXzqJvJcilzp8pnRK&#10;/ZWSuwV4duOY/Vcu+Zbm7Sxc38mCnz1b6I9Mf+INdpJe9wqNFJjGRygLP4F92CewrvS51pzBWdfC&#10;9PwH8uJ+f5es60/d/AQAAP//AwBQSwMEFAAGAAgAAAAhAFjolFfdAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo3TQhbYhTIRBXEAUqcXPjbRIRr6PYbcLfs5zgOJrRzJty&#10;O7tenHEMnScNy4UCgVR721Gj4f3t6WYNIkRD1vSeUMM3BthWlxelKayf6BXPu9gILqFQGA1tjEMh&#10;ZahbdCYs/IDE3tGPzkSWYyPtaCYud71MlLqVznTEC60Z8KHF+mt3cho+no+f+1S9NI8uGyY/K0lu&#10;I7W+vprv70BEnONfGH7xGR0qZjr4E9kgeg3ZMs04qmGVg2B/k+cpiAPrZJWArEr5/0H1AwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALe9lPCDAQAA8QIAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAFjolFfdAAAACQEAAA8AAAAAAAAAAAAAAAAA3QMA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADnBAAAAAA=&#10;" w14:anchorId="34C036B4">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="65B3C2BD" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="65B3C2BD" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="2"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00F343E0">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>What is important to you in your career?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="3C42A6F3" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="3C42A6F3" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="2"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00F343E0">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>What are your aspirations in the short, medium and long term?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="640B8D65" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="640B8D65" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="2"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00F343E0">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>What are you looking forward to?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2A3C42B8" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="2A3C42B8" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="2"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00F343E0">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>Which bits of your job do you get the most out of?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="64D85D51" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="64D85D51" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="2"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00F343E0">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>What was happening the last time you felt really energised at work?</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FD4D1A2" w14:textId="1C3ACD35" w:rsidR="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="000C28E7"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="094FFF61" w14:textId="038F6B66" w:rsidR="00385BD2" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+    <w:p w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="1FD4D1A2" w14:textId="1C3ACD35"/>
+    <w:p w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="427AEBE6" w14:textId="0F1F9B13"/>
+    <w:p w:rsidR="00385BD2" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="094FFF61" w14:textId="038F6B66">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003342B5">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DE1DCDF" wp14:editId="5B4EBAF1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>3276600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2404744</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2973070" cy="2409825"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="16" name="TextBox 13"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2973070" cy="2409825"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="7143E300" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="7143E300" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="7"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">What </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>do</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> you most want to achieve in the foreseeable future?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="546860A6" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="546860A6" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="7"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>What is the first practical step you’re going to take?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="43509EA4" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="43509EA4" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="7"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>What do you need, or what needs removing, to help you achieve your goal?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="06E2C75C" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="06E2C75C" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="7"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>How can you get help to do that?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4506B65D" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="4506B65D" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="7"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>How will you know when you’ve been successful?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2D8EF27D" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="2D8EF27D" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="7"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>What are the milestones along the way?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5FF9840B" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="5FF9840B" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="7"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F245B9">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>How will you help the Department and the University achieve their goals?</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="2DE1DCDF" id="TextBox 13" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:258pt;margin-top:189.35pt;width:234.1pt;height:189.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCKgBUtgEAAFcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815KV1kkEy0GbIL0U&#10;bYCkH0BTpEWA5LJL2pL/vkvKdvq4Fb1Q5O5wuDO7Wt9NzrKDwmjAd3y5qDlTXkJv/K7j318e391w&#10;FpPwvbDgVcePKvK7zds36zG0qoEBbK+QEYmP7Rg6PqQU2qqKclBOxAUE5SmpAZ1IdMRd1aMYid3Z&#10;qqnrVTUC9gFBqhgp+jAn+abwa61k+qZ1VInZjlNtqaxY1m1eq81atDsUYTDyVIb4hyqcMJ4evVA9&#10;iCTYHs1fVM5IhAg6LSS4CrQ2UhUNpGZZ/6HmeRBBFS1kTgwXm+L/o5VfD0/ITE+9W3HmhaMevagp&#10;fYKJLa+yPWOILaGeA+HSRHGCnuORgln1pNHlL+lhlCejjxdziYxJCja311f1NaUk5Zr39e1N8yHz&#10;VK/XA8b0WYFjedNxpO4VU8XhS0wz9AzJr0Wwpn801pZDnhh1b5EdBPV6uytFEvlvKOsz1kO+NRPm&#10;SJU1zlryLk3bqViyOuvcQn8k+SPNScfjj71AxRkmew9lrGbOj/sE2pQ6M8t850RO3StKT5OWx+PX&#10;c0G9/g+bnwAAAP//AwBQSwMEFAAGAAgAAAAhANw/6BngAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMjzFPwzAUhHck/oP1kNio3UAbE+JUgMTCgloqZid+xKHxcxS7TeDXY6Yynu509125mV3PTjiG&#10;zpOC5UIAQ2q86ahVsH9/uZHAQtRkdO8JFXxjgE11eVHqwviJtnjaxZalEgqFVmBjHArOQ2PR6bDw&#10;A1LyPv3odExybLkZ9ZTKXc8zIdbc6Y7SgtUDPltsDrujU/DRfuFT9zr+iDcupoP0232dW6Wur+bH&#10;B2AR53gOwx9+QocqMdX+SCawXsFquU5fooLbXObAUuJe3mXAagX5SmbAq5L//1D9AgAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAEIqAFS2AQAAVwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANw/6BngAAAACwEAAA8AAAAAAAAAAAAAAAAAEAQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAdBQAAAAA=&#10;" fillcolor="white [3212]" stroked="f">
+              <v:shape id="TextBox 13" style="position:absolute;left:0;text-align:left;margin-left:258pt;margin-top:189.35pt;width:234.1pt;height:189.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1032" fillcolor="white [3212]" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjA/XcoAEAADEDAAAOAAAAZHJzL2Uyb0RvYy54bWysUttuGyEQfa+Uf0C8x7vZtrmsvI6aROlL&#10;1UZK+wGYBS8SMHTA3vXfd2AdO23forwAczvMOTPL28lZtlMYDfiOXyxqzpSX0Bu/6fivn4/n15zF&#10;JHwvLHjV8b2K/HZ19mE5hlY1MIDtFTIC8bEdQ8eHlEJbVVEOyom4gKA8BTWgE4lM3FQ9ipHQna2a&#10;ur6sRsA+IEgVI3kf5iBfFXytlUw/tI4qMdtx6i2VE8u5zme1Wop2gyIMRh7aEG/owgnj6dMj1INI&#10;gm3R/AfljESIoNNCgqtAayNV4UBsLup/2DwPIqjChcSJ4ShTfD9Y+X33HJ6QpekOJhpgFmQMsY3k&#10;zHwmjS7f1CmjOEm4P8qmpsQkOZubq4/1FYUkxZpP9c118znjVKfygDF9VeBYfnQcaS5FLrH7FtOc&#10;+pKSf4tgTf9orC1G3gV1b5HtBE1xvSlNEvhfWdbnXA+5agbMnurEJb/StJ6Y6Tt++cJzDf2e6I+0&#10;AR2Pv7cCFWeY7D2UhZkxv2wTaFP6zChzzQGc5lKYHnYoD/61XbJOm776AwAA//8DAFBLAwQUAAYA&#10;CAAAACEA3D/oGeAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSEdyT+g/WQ2KjdQBsT&#10;4lSAxMKCWipmJ37EofFzFLtN4NdjpjKe7nT3XbmZXc9OOIbOk4LlQgBDarzpqFWwf3+5kcBC1GR0&#10;7wkVfGOATXV5UerC+Im2eNrFlqUSCoVWYGMcCs5DY9HpsPADUvI+/eh0THJsuRn1lMpdzzMh1tzp&#10;jtKC1QM+W2wOu6NT8NF+4VP3Ov6INy6mg/TbfZ1bpa6v5scHYBHneA7DH35Chyox1f5IJrBewWq5&#10;Tl+igttc5sBS4l7eZcBqBflKZsCrkv//UP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;IwP13KABAAAxAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA3D/oGeAAAAALAQAADwAAAAAAAAAAAAAAAAD6AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" w14:anchorId="2DE1DCDF">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="7143E300" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="7143E300" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="7"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve">What </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>do</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> you most want to achieve in the foreseeable future?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="546860A6" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="546860A6" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="7"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>What is the first practical step you’re going to take?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="43509EA4" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="43509EA4" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="7"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>What do you need, or what needs removing, to help you achieve your goal?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="06E2C75C" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="06E2C75C" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="7"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>How can you get help to do that?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4506B65D" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="4506B65D" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="7"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>How will you know when you’ve been successful?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2D8EF27D" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="2D8EF27D" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="7"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>What are the milestones along the way?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5FF9840B" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="5FF9840B" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="7"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F245B9">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>How will you help the Department and the University achieve their goals?</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00F343E0">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D2A0E72" wp14:editId="4FEB9A47">
@@ -2724,285 +2797,285 @@
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2433320</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3562350" cy="1600200"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="12" name="TextBox 11"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3562350" cy="1600200"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="0AC7D027" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="0AC7D027" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="5"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00F343E0">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>What do you know about the University’s</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> and Department’s</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00F343E0">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> plans for the future?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2E892FA7" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="2E892FA7" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="5"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00F343E0">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>How do your interests and goals line up with the Department’s priorities?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5FF5D815" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="5FF5D815" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="5"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00F343E0">
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>What is happening in your discipline that’s informing how you look at the future?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="756F833B" w14:textId="766697B3" w:rsidR="000C28E7" w:rsidRPr="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="000C28E7" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="756F833B" w14:textId="766697B3">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="5"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>What opportunities do you see on the horizon?</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="58D69A4C" w14:textId="10A0EEB1" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                          <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="58D69A4C" w14:textId="10A0EEB1">
                             <w:pPr>
                               <w:pStyle w:val="NormalWeb"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="5"/>
                               </w:numPr>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
-                                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                                <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                                 <w:color w:val="000000" w:themeColor="text1"/>
                                 <w:kern w:val="24"/>
                               </w:rPr>
                               <w:t>What does your department, University and discipline value and recognise?</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" rtlCol="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="7D2A0E72" id="TextBox 11" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-54.75pt;margin-top:191.6pt;width:280.5pt;height:126pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+P0FgmAEAABcDAAAOAAAAZHJzL2Uyb0RvYy54bWysUk1v2zAMvQ/YfxB0X2ynaDYYcYp2RXcZ&#10;tgHtfoAiS7EAS9RIJXb+/Sjlo0N3G3ahJJJ6eu9R67vZj+JgkByETjaLWgoTNPQu7Dr58+Xpwycp&#10;KKnQqxGC6eTRkLzbvH+3nmJrljDA2BsUDBKonWInh5RiW1WkB+MVLSCawEUL6FXiI+6qHtXE6H6s&#10;lnW9qibAPiJoQ8TZx1NRbgq+tUan79aSSWLsJHNLJWKJ2xyrzVq1O1RxcPpMQ/0DC69c4EevUI8q&#10;KbFH9xeUdxqBwKaFBl+BtU6booHVNPUbNc+DiqZoYXMoXm2i/wervx1+oHA9z24pRVCeZ/Ri5vQA&#10;s2iabM8UqeWu58h9aeY8t17yxMmserbo88p6BNfZ6OPVXAYTmpM3t6vlzS2XNNeaVV3z+DJO9Xo9&#10;IqUvBrzIm04iT6+Yqg5fKZ1aLy35tQBPbhxzPnM8ccm7NG/nIunjhecW+iPTn3jOnaRfe4VGCkzj&#10;ZyjfIoNRvN8nBizvZJTTnTM4u1+Ynn9KHu+f59L1+p83vwEAAP//AwBQSwMEFAAGAAgAAAAhANlQ&#10;X6rgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOxa50GqEjKpKh4SCzaU&#10;sJ/GJo6Ix1HsNunfY1awnJmjO+dWu8UO4qwn3ztGSNcJCM2tUz13CM3Hy2oLwgdiRYNjjXDRHnb1&#10;9VVFpXIzv+vzIXQihrAvCcGEMJZS+tZoS37tRs3x9uUmSyGOUyfVRHMMt4PMkmQjLfUcPxga9aPR&#10;7ffhZBFCUPv00jxb//q5vD3NJmkLahBvb5b9A4igl/AHw69+VIc6Oh3diZUXA8IqTe6LyCLk2zwD&#10;EZG7Io2bI8ImLzKQdSX/l6h/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL4/QWCYAQAA&#10;FwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANlQX6rg&#10;AAAADAEAAA8AAAAAAAAAAAAAAAAA8gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD/&#10;BAAAAAA=&#10;" filled="f" stroked="f">
+              <v:shape id="TextBox 11" style="position:absolute;left:0;text-align:left;margin-left:-54.75pt;margin-top:191.6pt;width:280.5pt;height:126pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:spid="_x0000_s1033" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBIwocigwEAAPECAAAOAAAAZHJzL2Uyb0RvYy54bWysUsFuGyEQvVfqPyDu9a4dxalWXkdJo+RS&#10;tZHSfgBmwYu0MHQGe9d/3wE7dtTeolwGmIE3b95jdTv5QewNkoPQyvmslsIEDZ0L21b+/vX45asU&#10;lFTo1ADBtPJgSN6uP39ajbExC+hh6AwKBgnUjLGVfUqxqSrSvfGKZhBN4KIF9CrxEbdVh2pkdD9U&#10;i7peViNgFxG0IeLsw7Eo1wXfWqPTT2vJJDG0krmlErHETY7VeqWaLarYO32iod7BwisXuOkZ6kEl&#10;JXbo/oPyTiMQ2DTT4Cuw1mlTZuBp5vU/07z0KpoyC4tD8SwTfRys/rF/ic8o0nQPExuYBRkjNcTJ&#10;PM9k0eeVmQqus4SHs2xmSkJz8up6ubi65pLm2nxZ12xMxqkuzyNSejLgRd60EtmXIpfaf6d0vPp6&#10;JXcL8OiGIecvXPIuTZtJuK6VN688N9AdmP7IDraS/uwUGikwDd+gGJ7BKN7tEgOWPhnl+OYEzroW&#10;pqc/kI17ey63Lj91/RcAAP//AwBQSwMEFAAGAAgAAAAhANlQX6rgAAAADAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8tOwzAQRfdI/IM1SOxa50GqEjKpKh4SCzaUsJ/GJo6Ix1HsNunfY1awnJmjO+dW&#10;u8UO4qwn3ztGSNcJCM2tUz13CM3Hy2oLwgdiRYNjjXDRHnb19VVFpXIzv+vzIXQihrAvCcGEMJZS&#10;+tZoS37tRs3x9uUmSyGOUyfVRHMMt4PMkmQjLfUcPxga9aPR7ffhZBFCUPv00jxb//q5vD3NJmkL&#10;ahBvb5b9A4igl/AHw69+VIc6Oh3diZUXA8IqTe6LyCLk2zwDEZG7Io2bI8ImLzKQdSX/l6h/AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEjChyKDAQAA8QIAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANlQX6rgAAAADAEAAA8AAAAAAAAAAAAAAAAA&#10;3QMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADqBAAAAAA=&#10;" w14:anchorId="7D2A0E72">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="0AC7D027" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="0AC7D027" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="5"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00F343E0">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>What do you know about the University’s</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> and Department’s</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00F343E0">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> plans for the future?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="2E892FA7" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="2E892FA7" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="5"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00F343E0">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>How do your interests and goals line up with the Department’s priorities?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="5FF5D815" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="5FF5D815" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="5"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00F343E0">
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>What is happening in your discipline that’s informing how you look at the future?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="756F833B" w14:textId="766697B3" w:rsidR="000C28E7" w:rsidRPr="000C28E7" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="000C28E7" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="756F833B" w14:textId="766697B3">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="5"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>What opportunities do you see on the horizon?</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="58D69A4C" w14:textId="10A0EEB1" w:rsidR="000C28E7" w:rsidRPr="00F343E0" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                    <w:p w:rsidRPr="00F343E0" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="58D69A4C" w14:textId="10A0EEB1">
                       <w:pPr>
                         <w:pStyle w:val="NormalWeb"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="5"/>
                         </w:numPr>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
-                          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+                          <w:rFonts w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                           <w:color w:val="000000" w:themeColor="text1"/>
                           <w:kern w:val="24"/>
                         </w:rPr>
                         <w:t>What does your department, University and discipline value and recognise?</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4FF4A081" wp14:editId="0A165094">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1209675</wp:posOffset>
                 </wp:positionH>
@@ -3055,51 +3128,51 @@
                         <wps:bodyPr/>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="217" name="Text Box 2"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="180975" y="180975"/>
                             <a:ext cx="1457325" cy="462280"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="76BBAAF1" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                            <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="76BBAAF1" w14:textId="77777777">
                               <w:pPr>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                                     <w14:srgbClr w14:val="6E747A">
                                       <w14:alpha w14:val="57000"/>
                                     </w14:srgbClr>
                                   </w14:shadow>
                                   <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:noFill/>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:round/>
                                   </w14:textOutline>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00F245B9">
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
@@ -3123,51 +3196,51 @@
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="20" name="Text Box 2"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1704975" y="171450"/>
                             <a:ext cx="1933575" cy="462280"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="5F276385" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                            <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="5F276385" w14:textId="77777777">
                               <w:pPr>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                                     <w14:srgbClr w14:val="6E747A">
                                       <w14:alpha w14:val="57000"/>
                                     </w14:srgbClr>
                                   </w14:shadow>
                                   <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:noFill/>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:round/>
                                   </w14:textOutline>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00F245B9">
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
@@ -3191,51 +3264,51 @@
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="21" name="Text Box 2"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="352425" y="819150"/>
                             <a:ext cx="942975" cy="323850"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="75E2A31F" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                            <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="75E2A31F" w14:textId="77777777">
                               <w:pPr>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                                     <w14:srgbClr w14:val="6E747A">
                                       <w14:alpha w14:val="57000"/>
                                     </w14:srgbClr>
                                   </w14:shadow>
                                   <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:noFill/>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:round/>
                                   </w14:textOutline>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00F245B9">
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
@@ -3259,51 +3332,51 @@
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="22" name="Text Box 2"/>
                         <wps:cNvSpPr txBox="1">
                           <a:spLocks noChangeArrowheads="1"/>
                         </wps:cNvSpPr>
                         <wps:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="1733550" y="819150"/>
                             <a:ext cx="1933575" cy="462280"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="9525">
                             <a:noFill/>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="7A72D5EA" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                            <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="7A72D5EA" w14:textId="77777777">
                               <w:pPr>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                                     <w14:srgbClr w14:val="6E747A">
                                       <w14:alpha w14:val="57000"/>
                                     </w14:srgbClr>
                                   </w14:shadow>
                                   <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                     <w14:noFill/>
                                     <w14:prstDash w14:val="solid"/>
                                     <w14:round/>
                                   </w14:textOutline>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="00F245B9">
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                                   <w:sz w:val="28"/>
                                   <w:szCs w:val="28"/>
                                   <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
@@ -3340,359 +3413,366 @@
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="1">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
                           <a:fillRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:fillRef>
                           <a:effectRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:effectRef>
                           <a:fontRef idx="minor">
                             <a:schemeClr val="tx1"/>
                           </a:fontRef>
                         </wps:style>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4FF4A081" id="Group 6" o:spid="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:95.25pt;margin-top:83.6pt;width:288.75pt;height:104.25pt;z-index:251677696" coordsize="36671,13239" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArNkHrtAMAABgRAAAOAAAAZHJzL2Uyb0RvYy54bWzsWFtv1DoQfj8S/8HyO02c7DVqimCh5UjA&#10;QaecH+BNnMQisYPtNim/nvHk0tVCVR0QtEi8ZH0be+abb8aePX3WNzW5FsZKrVLKTkJKhMp0LlWZ&#10;0v8+nD/dUGIdVzmvtRIpvRGWPjt78tdp1yYi0pWuc2EIbKJs0rUprZxrkyCwWSUabk90KxRMFto0&#10;3EHXlEFueAe7N3UQheEq6LTJW6MzYS2Mvhwm6RnuXxQic/8UhRWO1CkF3Rx+DX73/hucnfKkNLyt&#10;ZDaqwb9Di4ZLBYfOW73kjpMrI7/aqpGZ0VYX7iTTTaCLQmYCbQBrWHhkzYXRVy3aUiZd2c4wAbRH&#10;OH33ttm76/eGyDylK0oUb8BFeCpZeWi6tkxgxYVpL9v3Zhwoh563ti9M43/BDtIjqDczqKJ3JIPB&#10;eLVas2hJSQZzLI7i7Xo5wJ5V4Juv5LLq1T2SwXRw4PWb1elaoJC9Rcn+GEqXFW8Fgm89BiNKDPg8&#10;wHTpDJdl5chOKwU804bAJGKEAjs1ImYTC+DdCdcq3rAJkRmzMAxjGBww24ZLJOpsN09aY92F0A3x&#10;jZTWUnlVecKv31gHOsDSaQl0PDKDDthyN7Xwi2v1ryjA9+AkhtIYdWJXG3LNIV54lgnlmLcJ9sPV&#10;XqyQdT0LhvcLjuu9qMCI/D/CswSerJWbhRuptPnW6a6fVC6G9RMCg90egr3Ob9A7CA2QxlP9F7An&#10;YuuJPh+8r1/onkQHnPFRRlwPw7NL2jc6+2iJ0ruKq1I8N0Z3leA5sHsw0ysO/PSigxXe02TfvdU5&#10;BDO/chpBOgpVtgl9HBIfk0MTvAwOGkOPLZbreAraxSqKNvcw0EAE4DnfZCBPlD4H2uAZtSJdSrdL&#10;2N4feTDTSAeXQS2blG4gAsIxPXtzX6kchR2X9dBGSk6unY13/b7HdDaH4uBrYvSQ++GugkalzWdK&#10;Osj7KbWfrrgRlNR/KwB1yxYLf1FgB1CIoGMOZ/aHM1xlsFVKHSVDc+fwcvGG2fY5gH8uMR5vWTeq&#10;/AtJBxYMKeuhObcOFzPp1kCx0b8z6bZxvJyy3m9Juu0Uy39Ixx4J6eJltPCJDBLdhm3ZMee2iwgp&#10;6R8n8DbZ3HfTPro8xzCIbtPLAyQ6pX2iKx4+0UWPhHNsDYkMmHQX6dhvn+gYvj0elHWP5XqF3HJn&#10;QYCFzvhAu6MeIEUt29fTc28spNgSXkfj8+zoksR303Et9acy+ImVAVaZUH5jFTT+VeDr+8M+Pupu&#10;/9A4+wIAAP//AwBQSwMEFAAGAAgAAAAhADD0cIHhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j01rg0AQhu+F/odlCr01qwlqYlxDCG1PodCkUHrb6EQl7qy4GzX/vtNTc5uXeXg/ss1kWjFg7xpL&#10;CsJZAAKpsGVDlYKv49vLEoTzmkrdWkIFN3SwyR8fMp2WdqRPHA6+EmxCLtUKau+7VEpX1Gi0m9kO&#10;iX9n2xvtWfaVLHs9srlp5TwIYml0Q5xQ6w53NRaXw9UoeB/1uF2Er8P+ct7dfo7Rx/c+RKWen6bt&#10;GoTHyf/D8Fefq0POnU72SqUTLetVEDHKR5zMQTCRxEted1KwSKIEZJ7J+w35LwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQArNkHrtAMAABgRAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAw9HCB4QAAAAsBAAAPAAAAAAAAAAAAAAAAAA4GAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAHAcAAAAA&#10;">
-                <v:line id="Straight Connector 18" o:spid="_x0000_s1035" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,6381" to="30003,6572" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCtK4wzxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMkJvdaMFK9FVRFA8FWrbg7chO2aj2dmYXZP033cOhd5meG/e+2a1GXytOmpjFdjAdJKB&#10;Ii6Crbg08PW5f1mAignZYh2YDPxQhM169LTC3IaeP6g7pVJJCMccDbiUmlzrWDjyGCehIRbtElqP&#10;Sda21LbFXsJ9rWdZNtceK5YGhw3tHBW308MbuGOxJ3/+PnRZ77rX+aV5f7uejXkeD9slqERD+jf/&#10;XR+t4Aus/CID6PUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK0rjDPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokecolor="#5b9bd5 [3204]" strokeweight=".5pt">
+              <v:group id="Group 6" style="position:absolute;left:0;text-align:left;margin-left:95.25pt;margin-top:83.6pt;width:288.75pt;height:104.25pt;z-index:251677696" coordsize="36671,13239" o:spid="_x0000_s1034" w14:anchorId="4FF4A081" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZnUMOpwMAAPYQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu3DYQfS/QfyD4XkuU9ipYDtJN7BZI&#10;2yBOP4BLUSuhEsmStCXn6zscXbzZxDCaorED5EXL25AzZ84MOXv+om8bciutq7XKKTuLKZFK6KJW&#10;h5z++f7ypw0lznNV8EYrmdM76eiLix9/OO9MJhNd6aaQlsAmymWdyWnlvcmiyIlKttydaSMVTJba&#10;ttxD1x6iwvIOdm+bKInjVdRpWxirhXQORl8Nk/QC9y9LKfwfZemkJ01OQTePX4vfffhGF+c8O1hu&#10;qlqMavAv0KLltYJD561ecc/Jja0/2aqthdVOl/5M6DbSZVkLiTaANSw+sebK6huDthyy7mBmmADa&#10;E5y+eFvx++2VNdfmrQUkOnMALLAXbOlL24Zf0JL0CNndDJnsPREwmK5Wa5YsKREwx9Ik3a6XA6ii&#10;AuQ/kRPV60cko+ng6CN1OgMEcfcYuP+GwXXFjURoXQYYvLWkLsAAYKviLfD02lteHypPdlopYJG2&#10;BCYRIxTYqRExlzkA70G4VumGTYjMmMVxnMLggNk2XiINZ7t5ZqzzV1K3JDRy2tQqqMozfvvGedAB&#10;lk5LoBOQGXTAlr9rZFjcqHeyBKvASQylMabkrrHklkM0cCGk8izYBPvh6iBW1k0zC8aPC47rg6jE&#10;ePs3wrMEnqyVn4XbWmn7udN9P6lcDusnBAa7AwR7XdyhdxAaIE1g9ldgT8LWE33eB1//rHuSHHEm&#10;RBnxPQzPLjFvtPjLEaV3FVcH+dJa3VWSF8DuwcygOPAziA5WBE+TffebLoCl/MZrBOkkVNkmDnFI&#10;QkwOTfAyOGgMPbZYrtMpaBerJNk8wkALEYDnfJaBPFP6EmiDZzSKdDndLmH7cOTRTFt7SPVN3eZ0&#10;AxEQj8k3mPtaFSjsed0MbaTk5NrZeN/vewzUORQHXxOrh8wONxE0Km0/UNJBVs+p+/uGW0lJ86sC&#10;ULdssQjXAHYAhQQ69nhmfzzDlYCtcuopGZo7j1dHMMyZlwD+ZY3xeM+6UeWvSDqwYEhZT825dbyY&#10;SbcGio3+nUm3TdPllPW+SdJtp1j+Tjr2TEiXLpNFSGSQ6DZsy045t10kSMnwOIG3yeaxm/bZ5TmG&#10;QXSfXp4g0SkdEl359IkueSacY2tIZMCkh0jHvvlEx/Dt8aSsey7XK+SWBwsCLHTGB9oD9QApm9r8&#10;Mj33xkKKLeF1ND7PTi5JfDed1lLfK4P/sTLAKhOKa6yCxj8CQvV+3MdH3f3fFRf/AAAA//8DAFBL&#10;AwQUAAYACAAAACEAMPRwgeEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTWuDQBCG74X+h2UK&#10;vTWrCWpiXEMIbU+h0KRQetvoRCXurLgbNf++01Nzm5d5eD+yzWRaMWDvGksKwlkAAqmwZUOVgq/j&#10;28sShPOaSt1aQgU3dLDJHx8ynZZ2pE8cDr4SbEIu1Qpq77tUSlfUaLSb2Q6Jf2fbG+1Z9pUsez2y&#10;uWnlPAhiaXRDnFDrDnc1FpfD1Sh4H/W4XYSvw/5y3t1+jtHH9z5EpZ6fpu0ahMfJ/8PwV5+rQ86d&#10;TvZKpRMt61UQMcpHnMxBMJHES153UrBIogRknsn7DfkvAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFmdQw6nAwAA9hAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhADD0cIHhAAAACwEAAA8AAAAAAAAAAAAAAAAAAQYAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAAPBwAAAAA=&#10;">
+                <v:line id="Straight Connector 18" style="position:absolute;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1035" strokecolor="#5b9bd5 [3204]" strokeweight=".5pt" o:connectortype="straight" from="0,6381" to="30003,6572" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCtK4wzxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMkJvdaMFK9FVRFA8FWrbg7chO2aj2dmYXZP033cOhd5meG/e+2a1GXytOmpjFdjAdJKB&#10;Ii6Crbg08PW5f1mAignZYh2YDPxQhM169LTC3IaeP6g7pVJJCMccDbiUmlzrWDjyGCehIRbtElqP&#10;Sda21LbFXsJ9rWdZNtceK5YGhw3tHBW308MbuGOxJ3/+PnRZ77rX+aV5f7uejXkeD9slqERD+jf/&#10;XR+t4Aus/CID6PUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK0rjDPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
-                <v:shape id="Text Box 2" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:1809;top:1809;width:14574;height:4623;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBPwd0swgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5Qm91U2E/iG6itQWPPRSTe+P7DMbzL4N2aeJ394VBI/DzPyGWaxG36oz9bEJbCCfZqCI&#10;q2Abrg2U+5/XT1BRkC22gcnAhSKsls9PCyxsGPiPzjupVYJwLNCAE+kKrWPlyGOcho44eYfQe5Qk&#10;+1rbHocE962eZdm79thwWnDY0Zej6rg7eQMidp1fym8ft//j72ZwWfWGpTEvk3E9ByU0yiN8b2+t&#10;gVn+Abcz6Qjo5RUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBPwd0swgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 2" style="position:absolute;left:1809;top:1809;width:14574;height:4623;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1036" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBPwd0swgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5Qm91U2E/iG6itQWPPRSTe+P7DMbzL4N2aeJ394VBI/DzPyGWaxG36oz9bEJbCCfZqCI&#10;q2Abrg2U+5/XT1BRkC22gcnAhSKsls9PCyxsGPiPzjupVYJwLNCAE+kKrWPlyGOcho44eYfQe5Qk&#10;+1rbHocE962eZdm79thwWnDY0Zej6rg7eQMidp1fym8ft//j72ZwWfWGpTEvk3E9ByU0yiN8b2+t&#10;gVn+Abcz6Qjo5RUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBPwd0swgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:textbox style="mso-fit-shape-to-text:t">
                     <w:txbxContent>
-                      <w:p w14:paraId="76BBAAF1" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                      <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="76BBAAF1" w14:textId="77777777">
                         <w:pPr>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                               <w14:srgbClr w14:val="6E747A">
                                 <w14:alpha w14:val="57000"/>
                               </w14:srgbClr>
                             </w14:shadow>
                             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                               <w14:noFill/>
                               <w14:prstDash w14:val="solid"/>
                               <w14:round/>
                             </w14:textOutline>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00F245B9">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                               <w14:srgbClr w14:val="6E747A">
                                 <w14:alpha w14:val="57000"/>
                               </w14:srgbClr>
                             </w14:shadow>
                             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                               <w14:noFill/>
                               <w14:prstDash w14:val="solid"/>
                               <w14:round/>
                             </w14:textOutline>
                           </w:rPr>
                           <w:t>Self-awareness</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 2" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:17049;top:1714;width:19336;height:4623;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAE762FvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdNFVyWahTRXfCwl3XrfWjGpthMSjPa+u83B8Hj431vdoNv1IO6WAc2sJhnoIjLYGuu&#10;DBR/37NPUFGQLTaBycCTIuy249EGcxt6/qXHWSqVQjjmaMCJtLnWsXTkMc5DS5y4a+g8SoJdpW2H&#10;fQr3jV5m2Yf2WHNqcNjSwVF5O9+9ARG7XzyLLx9Pl+Hn2LusXGFhzHQy7NeghAZ5i1/ukzWwTOvT&#10;l/QD9PYfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABO+thb0AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 2" style="position:absolute;left:17049;top:1714;width:19336;height:4623;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1037" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAE762FvQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjdNFVyWahTRXfCwl3XrfWjGpthMSjPa+u83B8Hj431vdoNv1IO6WAc2sJhnoIjLYGuu&#10;DBR/37NPUFGQLTaBycCTIuy249EGcxt6/qXHWSqVQjjmaMCJtLnWsXTkMc5DS5y4a+g8SoJdpW2H&#10;fQr3jV5m2Yf2WHNqcNjSwVF5O9+9ARG7XzyLLx9Pl+Hn2LusXGFhzHQy7NeghAZ5i1/ukzWwTOvT&#10;l/QD9PYfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABO+thb0AAADbAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
                   <v:textbox style="mso-fit-shape-to-text:t">
                     <w:txbxContent>
-                      <w:p w14:paraId="5F276385" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                      <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="5F276385" w14:textId="77777777">
                         <w:pPr>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                               <w14:srgbClr w14:val="6E747A">
                                 <w14:alpha w14:val="57000"/>
                               </w14:srgbClr>
                             </w14:shadow>
                             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                               <w14:noFill/>
                               <w14:prstDash w14:val="solid"/>
                               <w14:round/>
                             </w14:textOutline>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00F245B9">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                               <w14:srgbClr w14:val="6E747A">
                                 <w14:alpha w14:val="57000"/>
                               </w14:srgbClr>
                             </w14:shadow>
                             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                               <w14:noFill/>
                               <w14:prstDash w14:val="solid"/>
                               <w14:round/>
                             </w14:textOutline>
                           </w:rPr>
                           <w:t>Values and aspirations</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 2" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:3524;top:8191;width:9430;height:3239;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9oLrfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8ARvmigq2jXKoix4UtRdYW+P5tkWm5fSZG3990YQPA4z8w2zWLW2FDeqfeFYw3CgQBCn&#10;zhScafg5ffdnIHxANlg6Jg138rBafnQWmBjX8IFux5CJCGGfoIY8hCqR0qc5WfQDVxFH7+JqiyHK&#10;OpOmxibCbSlHSk2lxYLjQo4VrXNKr8d/q+F3d/k7j9U+29hJ1bhWSbZzqXWv2359ggjUhnf41d4a&#10;DaMhPL/EHyCXDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9oLrfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 2" style="position:absolute;left:3524;top:8191;width:9430;height:3239;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1038" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9oLrfwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8ARvmigq2jXKoix4UtRdYW+P5tkWm5fSZG3990YQPA4z8w2zWLW2FDeqfeFYw3CgQBCn&#10;zhScafg5ffdnIHxANlg6Jg138rBafnQWmBjX8IFux5CJCGGfoIY8hCqR0qc5WfQDVxFH7+JqiyHK&#10;OpOmxibCbSlHSk2lxYLjQo4VrXNKr8d/q+F3d/k7j9U+29hJ1bhWSbZzqXWv2359ggjUhnf41d4a&#10;DaMhPL/EHyCXDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9oLrfwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:textbox>
                     <w:txbxContent>
-                      <w:p w14:paraId="75E2A31F" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                      <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="75E2A31F" w14:textId="77777777">
                         <w:pPr>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                               <w14:srgbClr w14:val="6E747A">
                                 <w14:alpha w14:val="57000"/>
                               </w14:srgbClr>
                             </w14:shadow>
                             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                               <w14:noFill/>
                               <w14:prstDash w14:val="solid"/>
                               <w14:round/>
                             </w14:textOutline>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00F245B9">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                               <w14:srgbClr w14:val="6E747A">
                                 <w14:alpha w14:val="57000"/>
                               </w14:srgbClr>
                             </w14:shadow>
                             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                               <w14:noFill/>
                               <w14:prstDash w14:val="solid"/>
                               <w14:round/>
                             </w14:textOutline>
                           </w:rPr>
                           <w:t>Context</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Text Box 2" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:17335;top:8191;width:19336;height:4623;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCbcZZpwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWPAUlJXEa3gwUtten9kn9lg9m3Ivpr4712h0OMwM98wq83oW3WjPjaBDSzmGSji&#10;KtiGawPl9+H1HVQUZIttYDJwpwib9eRlhYUNA3/R7Sy1ShCOBRpwIl2hdawceYzz0BEn7xJ6j5Jk&#10;X2vb45DgvtV5lr1pjw2nBYcd7RxV1/OvNyBit4t7+enj8Wc87QeXVUssjZlNx+0HKKFR/sN/7aM1&#10;kOfw/JJ+gF4/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJtxlmnBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 2" style="position:absolute;left:17335;top:8191;width:19336;height:4623;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1039" filled="f" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCbcZZpwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWPAUlJXEa3gwUtten9kn9lg9m3Ivpr4712h0OMwM98wq83oW3WjPjaBDSzmGSji&#10;KtiGawPl9+H1HVQUZIttYDJwpwib9eRlhYUNA3/R7Sy1ShCOBRpwIl2hdawceYzz0BEn7xJ6j5Jk&#10;X2vb45DgvtV5lr1pjw2nBYcd7RxV1/OvNyBit4t7+enj8Wc87QeXVUssjZlNx+0HKKFR/sN/7aM1&#10;kOfw/JJ+gF4/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJtxlmnBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:textbox style="mso-fit-shape-to-text:t">
                     <w:txbxContent>
-                      <w:p w14:paraId="7A72D5EA" w14:textId="77777777" w:rsidR="000C28E7" w:rsidRPr="00F245B9" w:rsidRDefault="000C28E7" w:rsidP="000C28E7">
+                      <w:p w:rsidRPr="00F245B9" w:rsidR="000C28E7" w:rsidP="000C28E7" w:rsidRDefault="000C28E7" w14:paraId="7A72D5EA" w14:textId="77777777">
                         <w:pPr>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                               <w14:srgbClr w14:val="6E747A">
                                 <w14:alpha w14:val="57000"/>
                               </w14:srgbClr>
                             </w14:shadow>
                             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                               <w14:noFill/>
                               <w14:prstDash w14:val="solid"/>
                               <w14:round/>
                             </w14:textOutline>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00F245B9">
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="5B9BD5" w:themeColor="accent1"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                             <w14:shadow w14:blurRad="38100" w14:dist="25400" w14:dir="5400000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="ctr">
                               <w14:srgbClr w14:val="6E747A">
                                 <w14:alpha w14:val="57000"/>
                               </w14:srgbClr>
                             </w14:shadow>
                             <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                               <w14:noFill/>
                               <w14:prstDash w14:val="solid"/>
                               <w14:round/>
                             </w14:textOutline>
                           </w:rPr>
                           <w:t>Goals and plans</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:line id="Straight Connector 5" o:spid="_x0000_s1040" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" from="15525,0" to="15621,13239" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFjon0wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6pQ0WqURRSEZQX/9ODt2Tzbus1LaaJ2v/1GEDwOM/MbZrZoTSXu1LjSsoJBPwJB&#10;nFldcq7geFh/jkE4j6yxskwK/sjBYt75mGGi7YN3dN/7XAQIuwQVFN7XiZQuK8ig69uaOHgX2xj0&#10;QTa51A0+AtxUchhFI2mw5LBQYE3LgrLf/c0oWOufM48nbntKbTn63lzrdBXHSvW67dcUhKfWv8Ov&#10;9kYriOF5JdwAOf8HAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABY6J9MMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokecolor="#5b9bd5 [3204]" strokeweight=".5pt">
+                <v:line id="Straight Connector 5" style="position:absolute;flip:x;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1040" strokecolor="#5b9bd5 [3204]" strokeweight=".5pt" o:connectortype="straight" from="15525,0" to="15621,13239" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFjon0wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6pQ0WqURRSEZQX/9ODt2Tzbus1LaaJ2v/1GEDwOM/MbZrZoTSXu1LjSsoJBPwJB&#10;nFldcq7geFh/jkE4j6yxskwK/sjBYt75mGGi7YN3dN/7XAQIuwQVFN7XiZQuK8ig69uaOHgX2xj0&#10;QTa51A0+AtxUchhFI2mw5LBQYE3LgrLf/c0oWOufM48nbntKbTn63lzrdBXHSvW67dcUhKfWv8Ov&#10;9kYriOF5JdwAOf8HAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABY6J9MMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:stroke joinstyle="miter"/>
                 </v:line>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00385BD2" w:rsidSect="00CA12DD">
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1134" w:right="1440" w:bottom="993" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2354BF21" w14:textId="77777777" w:rsidR="00C6065C" w:rsidRDefault="00C6065C" w:rsidP="00F94349">
+    <w:p w:rsidR="00C6065C" w:rsidP="00F94349" w:rsidRDefault="00C6065C" w14:paraId="2354BF21" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="613050C5" w14:textId="77777777" w:rsidR="00C6065C" w:rsidRDefault="00C6065C" w:rsidP="00F94349">
+    <w:p w:rsidR="00C6065C" w:rsidP="00F94349" w:rsidRDefault="00C6065C" w14:paraId="613050C5" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20D49644" w14:textId="77777777" w:rsidR="00C6065C" w:rsidRDefault="00C6065C" w:rsidP="00F94349">
+    <w:p w:rsidR="00C6065C" w:rsidP="00F94349" w:rsidRDefault="00C6065C" w14:paraId="20D49644" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E233684" w14:textId="77777777" w:rsidR="00C6065C" w:rsidRDefault="00C6065C" w:rsidP="00F94349">
+    <w:p w:rsidR="00C6065C" w:rsidP="00F94349" w:rsidRDefault="00C6065C" w14:paraId="7E233684" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02A63CBA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE58AE06"/>
     <w:lvl w:ilvl="0" w:tplc="08090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3751,949 +3831,959 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="082E72B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A3B8536A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B8E0ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="02F83658"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1131423E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="08061C1E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1FD6118D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E28E23C8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E552650"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB9EAB82"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54C435E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3944322E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="178742026">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="340930775">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1192451047">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="469637518">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1911036221">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="461266681">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1029722111">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F94349"/>
     <w:rsid w:val="00012A50"/>
     <w:rsid w:val="00057C01"/>
     <w:rsid w:val="00062F27"/>
     <w:rsid w:val="0006601D"/>
     <w:rsid w:val="0006694B"/>
     <w:rsid w:val="00092316"/>
     <w:rsid w:val="00094EED"/>
     <w:rsid w:val="000A250F"/>
     <w:rsid w:val="000B378B"/>
     <w:rsid w:val="000C28E7"/>
     <w:rsid w:val="000D618A"/>
     <w:rsid w:val="00105F29"/>
     <w:rsid w:val="00133A23"/>
     <w:rsid w:val="00181C62"/>
     <w:rsid w:val="00191908"/>
     <w:rsid w:val="001A64F2"/>
+    <w:rsid w:val="001B1A9A"/>
     <w:rsid w:val="00213A74"/>
     <w:rsid w:val="002871B9"/>
     <w:rsid w:val="003148F4"/>
     <w:rsid w:val="00385BD2"/>
     <w:rsid w:val="003A528D"/>
     <w:rsid w:val="00435912"/>
     <w:rsid w:val="005144F2"/>
     <w:rsid w:val="00522439"/>
     <w:rsid w:val="005B74BA"/>
     <w:rsid w:val="006168ED"/>
     <w:rsid w:val="00686C69"/>
     <w:rsid w:val="006B6952"/>
     <w:rsid w:val="00707FFB"/>
     <w:rsid w:val="00733F50"/>
     <w:rsid w:val="007729F0"/>
     <w:rsid w:val="007E6132"/>
     <w:rsid w:val="007E7702"/>
     <w:rsid w:val="007F7F03"/>
     <w:rsid w:val="0080657D"/>
     <w:rsid w:val="00810A5E"/>
     <w:rsid w:val="008238C4"/>
     <w:rsid w:val="00860E28"/>
     <w:rsid w:val="0086431B"/>
     <w:rsid w:val="008717CD"/>
     <w:rsid w:val="0089732D"/>
+    <w:rsid w:val="008B52FF"/>
     <w:rsid w:val="008B7930"/>
     <w:rsid w:val="008E6B9A"/>
     <w:rsid w:val="00A07D45"/>
     <w:rsid w:val="00A71ECE"/>
+    <w:rsid w:val="00AB003B"/>
     <w:rsid w:val="00B3537A"/>
     <w:rsid w:val="00B530C6"/>
     <w:rsid w:val="00BA3AC0"/>
+    <w:rsid w:val="00BD18EE"/>
     <w:rsid w:val="00C24493"/>
+    <w:rsid w:val="00C27F31"/>
     <w:rsid w:val="00C6065C"/>
     <w:rsid w:val="00C827B0"/>
     <w:rsid w:val="00CA12DD"/>
     <w:rsid w:val="00D21D4F"/>
     <w:rsid w:val="00D60E2A"/>
     <w:rsid w:val="00D72E93"/>
     <w:rsid w:val="00DC5A07"/>
+    <w:rsid w:val="00DD4B13"/>
     <w:rsid w:val="00DE20B4"/>
     <w:rsid w:val="00DE4FA2"/>
     <w:rsid w:val="00E01AEA"/>
     <w:rsid w:val="00E41C97"/>
+    <w:rsid w:val="00E569EA"/>
     <w:rsid w:val="00E603D2"/>
     <w:rsid w:val="00E643F9"/>
     <w:rsid w:val="00ED3E26"/>
     <w:rsid w:val="00ED48D7"/>
     <w:rsid w:val="00EE22C9"/>
     <w:rsid w:val="00F94349"/>
     <w:rsid w:val="00FA7E31"/>
     <w:rsid w:val="00FE43DF"/>
     <w:rsid w:val="00FE7EEB"/>
+    <w:rsid w:val="79081E94"/>
+    <w:rsid w:val="7D03A424"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="11249BBD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FD207273-9FBD-4116-A4DA-C4BFE1E39B9B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4849,52 +4939,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4961,293 +5051,292 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F94349"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F94349"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F94349"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F94349"/>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F94349"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="008238C4"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0080657D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002871B9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002871B9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002871B9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002871B9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002871B9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002871B9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002871B9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00522439"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/publications/people-management-curriculum/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/corporate-information/development-programmes-and-courses-for-staff/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/corporate-information/strengthscope-profiling-tool/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/guides/the-university-of-bath-coaching-service-for-staff/" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/corporate-information/strengthscope-profiling-tool/" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/guides/the-university-of-bath-coaching-service-for-staff/" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/publications/people-management-curriculum/" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bath.ac.uk/corporate-information/development-programmes-and-courses-for-staff/" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId9" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml" Id="rId14" /></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/colorful1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="colorful" pri="10100"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="node1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent2"/>
       <a:schemeClr val="accent3"/>
@@ -6457,51 +6546,51 @@
     <dgm:cxn modelId="{A5773F61-D6D5-4633-A741-3832D4BE4E04}" srcId="{73F5AACB-E8CC-4243-844F-221C7DDFCE94}" destId="{D364E600-B3B2-46E2-BE3F-3B1E06D14F52}" srcOrd="0" destOrd="0" parTransId="{D5947431-A626-4CC2-B766-A866A36ADA57}" sibTransId="{1DCF7B1E-57C6-4AA5-A81F-1D7AAFF4343C}"/>
     <dgm:cxn modelId="{33473A46-FEC5-4F47-9B8B-B03AA2B97198}" type="presOf" srcId="{73F5AACB-E8CC-4243-844F-221C7DDFCE94}" destId="{60934105-3904-40CD-8A5E-0887DECDC337}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{83C0C982-609E-4C07-898F-B1B392320D63}" type="presOf" srcId="{8966DA0E-3F82-4B75-9897-4093C06C916D}" destId="{A26B3B5E-1349-4E3E-A08B-B600B92BC02F}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{F8E96AA0-17BF-4574-8AB5-2CFE6C10F0DD}" type="presOf" srcId="{D364E600-B3B2-46E2-BE3F-3B1E06D14F52}" destId="{A4A32437-12A6-4474-8868-72D75863DCDF}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{B0D181BD-6B8C-4148-97B0-8417FE77C69E}" srcId="{D364E600-B3B2-46E2-BE3F-3B1E06D14F52}" destId="{8389F331-FAAA-4820-A610-4ED71D5C161F}" srcOrd="1" destOrd="0" parTransId="{882E7080-BF13-4889-BC39-8C2A90B76B62}" sibTransId="{368572EA-6954-40DF-A8DB-462B882552E7}"/>
     <dgm:cxn modelId="{42B3F4BF-3834-402F-90C1-FB01B7D82803}" type="presOf" srcId="{D4EA0D8B-C13E-4F5C-803F-C2118FDB8D62}" destId="{A8D7EF51-9E58-43D2-844C-D1D03C25CF9D}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{122193CD-F327-4BDC-AEF0-8B5AAFFE303A}" type="presOf" srcId="{EA3FBCC4-F9A9-4BEF-9B28-51E959F180E9}" destId="{545D5F58-3735-4DCA-AE61-876A831E12CB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{904C20DA-B48E-4755-AF89-A997179E9107}" srcId="{D364E600-B3B2-46E2-BE3F-3B1E06D14F52}" destId="{EA3FBCC4-F9A9-4BEF-9B28-51E959F180E9}" srcOrd="2" destOrd="0" parTransId="{75B36FCF-A339-466F-A5C6-E7421128C501}" sibTransId="{6B4046CC-35E8-4EE8-9213-22BF81788391}"/>
     <dgm:cxn modelId="{8EFF1EEA-7B6F-4131-9E77-C55C85601EB6}" srcId="{D364E600-B3B2-46E2-BE3F-3B1E06D14F52}" destId="{D4EA0D8B-C13E-4F5C-803F-C2118FDB8D62}" srcOrd="0" destOrd="0" parTransId="{09F110CA-BBF5-4109-A16F-1957E0560481}" sibTransId="{84E968B8-F21E-41F5-8E39-B217F9876E85}"/>
     <dgm:cxn modelId="{118199F7-42D2-4F5D-9CB7-F99F3A33A516}" type="presOf" srcId="{EA3FBCC4-F9A9-4BEF-9B28-51E959F180E9}" destId="{BF209237-B6AE-4475-ABB6-BDFE8FF6CC26}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{AA3F9C3C-B408-4926-B41D-C5759B9D3144}" type="presParOf" srcId="{60934105-3904-40CD-8A5E-0887DECDC337}" destId="{EC51B00A-FE75-457D-8D41-1CAD6CE403E8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{9FADEE33-CFF7-4061-BD69-3E56D3C163F5}" type="presParOf" srcId="{EC51B00A-FE75-457D-8D41-1CAD6CE403E8}" destId="{C28BE573-3EE2-46F6-8E30-11AEF5DC4D70}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{4CF61B96-E227-4E4B-B3B9-CBCF72FF5DBD}" type="presParOf" srcId="{EC51B00A-FE75-457D-8D41-1CAD6CE403E8}" destId="{A8D7EF51-9E58-43D2-844C-D1D03C25CF9D}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{A92BA2A7-5597-435C-A64C-1B0E4587C6DE}" type="presParOf" srcId="{EC51B00A-FE75-457D-8D41-1CAD6CE403E8}" destId="{331B5820-4DAB-4331-8CAA-40BD847BAEF9}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{96F6B48E-06C9-459B-A5C7-4B25979F9ACF}" type="presParOf" srcId="{EC51B00A-FE75-457D-8D41-1CAD6CE403E8}" destId="{7A7D552B-C215-4544-AE4B-256B264C45B5}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{DDB1E134-592D-477F-8162-D989A8CE7371}" type="presParOf" srcId="{EC51B00A-FE75-457D-8D41-1CAD6CE403E8}" destId="{545D5F58-3735-4DCA-AE61-876A831E12CB}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{05BEA953-6F55-4490-9D5A-430CCD04ABEF}" type="presParOf" srcId="{EC51B00A-FE75-457D-8D41-1CAD6CE403E8}" destId="{BF209237-B6AE-4475-ABB6-BDFE8FF6CC26}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{7067A0BF-CABA-4F63-BBF3-A4ACC096194B}" type="presParOf" srcId="{EC51B00A-FE75-457D-8D41-1CAD6CE403E8}" destId="{41570D01-0A43-4B61-B81A-7CCA2DAC16D3}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{A7779265-688A-4A0A-9FFB-595D2B63C0FD}" type="presParOf" srcId="{EC51B00A-FE75-457D-8D41-1CAD6CE403E8}" destId="{A26B3B5E-1349-4E3E-A08B-B600B92BC02F}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
     <dgm:cxn modelId="{BE7A512D-EDBB-49D1-B98F-B4C5E3B4FE0A}" type="presParOf" srcId="{60934105-3904-40CD-8A5E-0887DECDC337}" destId="{A4A32437-12A6-4474-8868-72D75863DCDF}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/matrix1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId11" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId14" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{C28BE573-3EE2-46F6-8E30-11AEF5DC4D70}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm rot="16200000">
           <a:off x="1131093" y="-1131093"/>
           <a:ext cx="709612" cy="2971800"/>
         </a:xfrm>
         <a:prstGeom prst="round1Rect">
           <a:avLst/>
@@ -8348,51 +8437,51 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -8608,74 +8697,291 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003571CD71BE3FA944B9F5875D14C50F1D" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="75f4f9932ed5d43e9a9057c97cf78913">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2efa3b25-4135-49b0-8e38-206ed087b2d2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="391fb7e50b960f5259abb5187d2d2e9a" ns2:_="">
+    <xsd:import namespace="2efa3b25-4135-49b0-8e38-206ed087b2d2"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2efa3b25-4135-49b0-8e38-206ed087b2d2" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9472CEC0-A678-40D8-8D68-B2F1591B4816}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="2efa3b25-4135-49b0-8e38-206ed087b2d2"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BEEE490-C678-49C8-8226-070840639313}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26BBBD8F-A464-4D98-A820-A7EC04AD5077}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="2efa3b25-4135-49b0-8e38-206ed087b2d2"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University of Bath</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Simon Inger</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x0101003571CD71BE3FA944B9F5875D14C50F1D</vt:lpwstr>
+  </property>
+</Properties>
+</file>